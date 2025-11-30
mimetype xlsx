--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3840" uniqueCount="1597">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4560" uniqueCount="1886">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1161,50 +1161,275 @@
   <si>
     <t>3962</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3962/pl92.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito suplementar no valor de R$ 247.324,49 (duzentos e quarenta e sete mil, trezentos e vinte e quatro reais e quarenta e nove centavos) ao orçamento de 2025 alteração do PPA - LDO para os fins que especifica, e dá outras providencias.</t>
   </si>
   <si>
     <t>3963</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3963/pl_93.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Municipal de Cultura do Município de Buritama, e dá outras providências.</t>
   </si>
   <si>
+    <t>3980</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3980/pl_94.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de crédito suplementar no valor de R$ 3.592.000,00 (três milhões, quinhentos e noventa e dois mil reais) ao orçamento de 2025 alteração do PPA - LDO para os fins que especifica, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>3981</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3981/pl_95.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de crédito suplementar no valor de R$ 1.480.000,00 (Um milhão, quatrocentos e oitenta mil reais) p ao orçamento de 2025 alteração do PPA - LDO para os fins que especifica, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>3982</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3982/pl96.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de crédito suplementar no valor de R$ 94.700,59 (noventa e quatro mil, setecentos reais e cinquenta e nove centavos) ao orçamento de 2025 alteração do PPA - LDO para os fins que especifica, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>3983</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3983/pl_97.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de crédito suplementar no valor de R$ 165.993,91 (cento e sessenta e cinco mil, novecentos e noventa e três reais e noventa e um centavos) ao orçamento de 2025 alteração do PPA - LDO para os fins que especifica e, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>3984</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3984/pl_98.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de crédito especial no valor de R$ 450.000,00 (quatrocentos e cinquenta mil reais) ao orçamento de 2025 alteração do PPA - LDO para os fins que especifica, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>4002</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4002/pl99.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre concessão de subvenção/contribuição social às entidades que especificam, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4003</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4003/pl100.pdf</t>
+  </si>
+  <si>
+    <t>4004</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4004/pl101.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal de Parcerias Público-Privadas, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4005</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4005/pl102.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de crédito especial no valor de R$ 400.000,00 (quatrocentos mil reais) ao orçamento de 2025 alteração do PPA - LDO para os fins que especifica, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>4006</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4006/pl103.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de crédito especial no valor de R$ 36.000,00 (trinta e seis mil reais) ao orçamento de 2025 alteração do PPA - LDO para os fins que especifica, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>4007</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4007/pl104.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de crédito suplementar no valor de R$ 140.352,05 (cento e quarenta mil, trezentos e cinquenta e dois reais e cinco centavos) ao orçamento de 2025 alteração do PPA - LDO para os fins que especifica, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>4008</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4008/pl105.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de crédito especial no valor de R$ 650.000,00 (seiscentos e cinquenta mil reais) ao orçamento de 2025 alteração do PPA - LDO para os fins que especifica, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>4020</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4020/pl106.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de crédito adicional suplementar na importância de R$ 413.000,00 (quatrocentos e treze mil reais) ao orçamento programa do SAAEMB para o exercício de 2025, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>4026</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4026/pl107_correto.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de crédito especial no valor R$ 472.600,00 (quatrocentos e setenta e dois mil e seiscentos reais) ao orçamento de 2025 alteração do PPA - LDO para os fins que especifica, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>4043</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4043/pl108.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de crédito especial no valor de R$ 8.396,03 (oito mil, trezentos e noventa e seis reais e três centavos) ao orçamento de 2025 alteração do PPA - LDO para os fins que especifica, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>4044</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4044/pl_109_alterado.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Município de Buritama a contratar com a Desenvolve SP – Agencia de Fomento do Estado de São Paulo, Operações de Crédito com Outorga de Garantia, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4045</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4045/pl110-anulacao.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração do valor do duodécimo através de abertura de crédito adicional suplementar no valor de R$ 30.000,00 (trinta mil reais) no orçamento vigente para o exercício de 2025, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4058</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4058/pl111.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de crédito suplementar no valor de R$ 490.950,00 (quatrocentos e noventa mil, novecentos e cinquenta reais) ao orçamento de 2025 alteração do PPA - LDO para os fins que especifica, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>4059</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4059/pl112.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de crédito suplementar no valor de R$ 500.000,00 (quinhentos mil reais) ao orçamento de 2025 alteração do PPA - LDO para os fins que especifica, e dá outras providencias.</t>
+  </si>
+  <si>
     <t>3492</t>
   </si>
   <si>
     <t>PL-C</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária da Câmara</t>
   </si>
   <si>
     <t>ANTONIO CARLOS, DR. WALLISON, TONHÃO DA EDITORA</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3492/pl01-cam.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre revisão geral anual dos Subsídios dos Vereadores e do Presidente da Câmara Municipal de Buritama.</t>
   </si>
   <si>
     <t>3493</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3493/pl02-cam.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre revisão geral anual nos Subsídios do Prefeito e do Vice-Prefeito do Município de Buritama.</t>
@@ -1308,50 +1533,68 @@
   <si>
     <t>Institui a Central Municipal de Achados e Perdidos no âmbito do Município de Buritama, e dá outras providências.</t>
   </si>
   <si>
     <t>3951</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3951/pl12.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção da cobrança da tarifa de água e esgoto para famílias inscritas no Cadastro Único para Programas Sociais do Governo Federal - CadÚnico, que possuam em sua composição crianças diagnosticadas com Transtorno do Espectro Autista (TEA) ou comorbidades especiais, desde que enquadradas nos critérios da tarifa social, e dá outras providências.</t>
   </si>
   <si>
     <t>3949</t>
   </si>
   <si>
     <t>ANDRÉ DO ZÉ CARLÃO, DR. WALLISON</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3949/projeto_de_lei_no_13.pdf</t>
   </si>
   <si>
     <t>Declara e reconhece como Patrimônio Cultural Imaterial do Município de Buritama-SP o evento "Corrida de Pedestre de Buritama-SP.</t>
   </si>
   <si>
+    <t>3970</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3970/projeto_de_lei_no_14.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre denominação de ponte recém-construída na zona rural do Município de Buritama.</t>
+  </si>
+  <si>
+    <t>4047</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4047/projeto_de_lei_no_16.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proibição do plantio, em logradouros públicos do Município, de espécies arbóreas exóticas inadequadas ao paisagismo urbano e de espécies potencialmente ou reconhecidas como invasoras, e dá outras providências.</t>
+  </si>
+  <si>
     <t>3484</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3484/plc01.pdf</t>
   </si>
   <si>
     <t>Dispõe revisão anual dos servidores públicos do Governo do Municipio de BURITAMA e das Autarquias, sobre aumento real de vencimento e dá outras providências.</t>
   </si>
   <si>
     <t>3515</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3515/plc02.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre criação de vagas a cargo de caráter efetivo junto ao quadro de pessoal do Governo do Município de Buritama, e dá outras providências.</t>
   </si>
   <si>
     <t>3523</t>
@@ -1407,50 +1650,59 @@
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3793/plcomplementar_no_09.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Lei Complementar nº 30, de 04  de outubro de 2007, e na Lei nº 2.024 de 28 de setembro de  1991, e dá outras providências.</t>
   </si>
   <si>
     <t>3964</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3964/projeto_de_lei_complementar_no_10_-_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do § 1º do artigo 290 da Lei Municipal nº 2.024, de 28 de setembro de 1991 incluído pela Lei Complementar nº 246, de 10 de julho de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>3965</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3965/projeto_de_lei_complementar_no_11_-.pdf</t>
   </si>
   <si>
     <t>Altera o Inciso IV, do Parágrafo Único, do Artigo 81, da Lei Municipal nº 2.024, de 28 de setembro de 1991, com redação dada pela Lei Complementar nº 214, de 11 de maio de 2022, e dá outras providências.</t>
   </si>
   <si>
+    <t>4046</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4046/projeto_de_lei_complementar_no_12.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Artigo 81 da Lei nº 2.024, de 28 de setembro de 1991, com redação dada pela Lei Complementar nº 77, de 28 de março de 2022 por força da Lei Complementar nº 214, de 11 de maio de 2022, e dá outras providências.</t>
+  </si>
+  <si>
     <t>3494</t>
   </si>
   <si>
     <t>PLCC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar da Câmara</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3494/plc01-cam.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre revisão geral anual dos servidores públicos da Câmara Municipal de Buritama, e dá outras providências.</t>
   </si>
   <si>
     <t>3846</t>
   </si>
   <si>
     <t>CRISTINA NOBRE, ADRIANO TUSTÃO, CARLINHO DO DIVINO, FEBEM, FERNANDA MACENO</t>
   </si>
   <si>
     <t>“Dispõe sobre alteração de dispositivo constante da Lei Municipal nº 2.024/91 - Estatuto dos Servidores Públicos do Município de Buritama, com alterações que lhe foram dadas posteriormente, e dá outras providências”.</t>
   </si>
   <si>
     <t>3604</t>
@@ -1488,95 +1740,119 @@
   <si>
     <t>3802</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo a celebrar convênio com o Centro de Integração Empresa Escola – CIEE, para conceder oportunidade de estágio não obrigatório a estudantes de níveis superior, médio e técnico e dá outras providências.</t>
   </si>
   <si>
     <t>3826</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3826/projeto_de_resolucao_no_05.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de uma CAR-Comissão de Assuntos Relevantes destinada a registrar a história oficial do Município de Buritama.</t>
   </si>
   <si>
     <t>3916</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3916/projeto_de_resolucao_no_06.pdf</t>
   </si>
   <si>
     <t>Regulamenta o uso de veículo oficial da Câmara Municipal de Buritama, e dá outras providências.</t>
   </si>
   <si>
+    <t>4048</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4048/projeto_de_resolucao_no_07.docx</t>
+  </si>
+  <si>
+    <t>Altera o §3º e acrescenta o §4º ao art. 228 da Resolução nº 2, de 16 de junho de 2009 (Regimento Interno da Câmara Municipal de Buritama).</t>
+  </si>
+  <si>
+    <t>4049</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4049/projeto_de_resolucao_no_08.docx</t>
+  </si>
+  <si>
+    <t>Altera a redação do § 3º do art. 175 da Resolução nº 2, de 16 de junho de 2009 (Regimento Interno da Câmara Municipal de Buritama).</t>
+  </si>
+  <si>
     <t>3717</t>
   </si>
   <si>
     <t>EMEN</t>
   </si>
   <si>
     <t xml:space="preserve">Proposta de Emenda </t>
   </si>
   <si>
     <t>ADRIANO TUSTÃO, ANDRÉ DO ZÉ CARLÃO, ANÍZIO, ANTONIO CARLOS, CARLINHO DO DIVINO, CRISTINA NOBRE, DR. WALLISON, FEBEM, FERNANDA MACENO, MIKAEL DISK FRETE, TONHÃO DA EDITORA</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3717/proposta_de_emenda_no_01.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Parágrafo único do Artigo 3" do Projeto de Lei n° 43/25.</t>
   </si>
   <si>
     <t>3754</t>
   </si>
   <si>
     <t>Suprime o Inciso VI do Artigo 2º do Projeto de Lei nº 49/25.</t>
   </si>
   <si>
     <t>3842</t>
   </si>
   <si>
     <t>Acrescenta o Parágrafo Único no Artigo 1º do Projeto de Lei nº 63/25.</t>
   </si>
   <si>
     <t>3843</t>
   </si>
   <si>
     <t>Acrescenta o Inciso I no Artigo 1º do Projeto de Lei nº 05/25.</t>
   </si>
   <si>
     <t>3844</t>
   </si>
   <si>
     <t>FEBEM, CRISTINA NOBRE</t>
   </si>
   <si>
     <t>Altera a redação do Artigo 1º do Projeto de Lei nº 63/25.</t>
   </si>
   <si>
+    <t>4057</t>
+  </si>
+  <si>
+    <t>Altera a redação do Artigo 1º do Projeto de Lei nº 108/25.</t>
+  </si>
+  <si>
     <t>3508</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3508/requerimento_no_01.pdf</t>
   </si>
   <si>
     <t>Nós, ANDRÉ LUIZ CUNTO e WALLISON ROBERTO DA SILVA, abaixo assinados, vereadores, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEREMOS a gentileza de Vossa Excelência, depois de ouvido o douto Plenário, sejam oficiados os senhores Tiago Luiz de Oliveira, Prefeito Municipal, e Érika Aparecida de Almeida Pereira, Diretora do Departamento Municipal de Saúde do Governo do Município de Buritama, no sentido de fornecerem à esta Casa Legislativa, as seguintes informações detalhadas sobre os atendimentos relacionados aos cuidados de pessoas com Transtorno do Espectro Autista (TEA).</t>
   </si>
   <si>
     <t>3509</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3509/requerimento_no_02.pdf</t>
   </si>
   <si>
     <t>Nós, ANDRÉ LUIZ CUNTO e WALLISON ROBERTO DA SILVA, abaixo assinados, vereadores, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEREMOS a gentileza de Vossa Excelência, depois de ouvido o douto Plenário, seja oficiado o Consórcio Intermunicipal de Saúde - CIMSA, com sede em Birigui, no sentido de encaminhar à esta Casa Legislativa, as seguintes informações detalhadas sobre os atendimentos relacionados aos cuidados de pessoas com Transtorno do Espectro Autista (TEA): 1. Relação dos atendimentos profissionais realizados, especificando as áreas de atuação e os tipos de serviços oferecidos no exercício de 2024, detalhando se foram prestados em consultas, sessões, acompanhamentos ou outro formato; 2. Relação completa dos profissionais que atuaram no atendimento às pessoas com TEA, especificando as áreas de atuação, os valores mensais recebidos por cada profissional e os critérios utilizados para definição desses pagamentos, se baseados em avaliação, sessão, acompanhame</t>
   </si>
   <si>
     <t>3516</t>
@@ -2301,246 +2577,189 @@
   <si>
     <t>Eu, FERNANDA MACENO COLETTA MESTRINER, abaixo assinado, vereadora, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a Vossa Excelência, depois de ouvido o douto Plenário, sejam oficiados os senhores Tiago Luiz de Oliveira, Prefeito Municipal, e Larissa Paula do Nascimento Cardoso da Fonseca, Diretora Adjunta da Saúde, responsável pela Divisão de Vigilância Sanitária de Buritama, solicitando-lhes a gentileza, no sentido de encaminharem à esta Casa Legislativa, as seguintes informações relacionadas à empresa Sucatas Buritama LTDA, popular “Ferro Velho do Zé Ligeiro”, localizado na R Lin Palmeira, 538, especificadamente na margem direita da Avenida Waldevino Ismael de Souza, sentido Buritama-Turiúba.</t>
   </si>
   <si>
     <t>3718</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3718/requerimento_no_92.pdf</t>
   </si>
   <si>
     <t>Eu, FERNANDA MACENO COLETTA MESTRINER, abaixo assinado, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a Vossa Excelência, seja oficiado o senhor David de Brito Santos, Interventor da Santa Casa de Misericórdia São Francisco Buritama, através do Decreto Municipal nº 5.195, de 03 de abril de 2025, solicitando-lhe a gentileza, no sentido de encaminhar à esta Casa Legislativa, um relatório detalhado e documentado, com as seguintes informações.</t>
   </si>
   <si>
     <t>3719</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3719/requerimento_no_93_1.pdf</t>
   </si>
   <si>
     <t>Eu, MARIA CRISTINA NOBRE SANTOS, abaixo assinado, vereadora, com assento na Câmara Municipal de Buritama, Estado de São Paulo, diante do pronunciamento que circulou em rede social sobre: “Recentemente presenciei uma cena triste em Buritama: o trenzinho que leva nossas crianças estava tocando músicas com letras indecentes, cheias de conteúdo sexual. Na mesma semana, passei por uma escola e ouvi músicas populares, mas totalmente inadequadas para alunos e ambiente escolar. (Ao meu ponto de vista). A música entra na cabeça da gente, ainda mais quando somos jovens. Ela ensina - para o bem ou para o mal. Se a escola e o trenzinho, que deveriam ser lugares de alegria e aprendizado, estão passando mensagens erradas, que futuro estamos construindo? Buritama pode e deve fazer melhor! Tem tantas músicas alegres e educativas pra tocar pras crianças e adolescentes. Vamos acordar! Pais, professores, políticos - todos precisamos atentar mais para as crianças e adolescentes, inclusive o que estão ouvi</t>
   </si>
   <si>
     <t>3720</t>
   </si>
   <si>
-    <t>94</t>
-[...1 lines deleted...]
-  <si>
     <t>REQUER URGÊNCIA NA DELIBERAÇÃO DO PROJETO DE LEI N 39/2025.</t>
   </si>
   <si>
     <t>3721</t>
   </si>
   <si>
-    <t>95</t>
-[...1 lines deleted...]
-  <si>
     <t>REQUER URGÊNCIA NA DELIBERAÇÃO DO PROJETO DE LEI Nº 40/2025.</t>
   </si>
   <si>
     <t>3722</t>
   </si>
   <si>
-    <t>96</t>
-[...1 lines deleted...]
-  <si>
     <t>REQUER URGÊNCIA NA DELIBERAÇÃO DO PROJETO DE LEI Nº 41/2025.</t>
   </si>
   <si>
     <t>3723</t>
   </si>
   <si>
-    <t>97</t>
-[...1 lines deleted...]
-  <si>
     <t>REQUER URGÊNCIA NA DELIBERAÇÃO DO PROJETO DE LEI Nº 42/2025.</t>
   </si>
   <si>
     <t>3724</t>
   </si>
   <si>
-    <t>98</t>
-[...1 lines deleted...]
-  <si>
     <t>REQUER URGÊNCIA NA DELIBERAÇÃO DO PROJETO DE LEI Nº 43/2025.</t>
   </si>
   <si>
     <t>3725</t>
   </si>
   <si>
-    <t>99</t>
-[...1 lines deleted...]
-  <si>
     <t>REQUER URGÊNCIA NA DELIBERAÇÃO DO PROJETO DE LEI Nº 44/2025.</t>
   </si>
   <si>
     <t>3726</t>
   </si>
   <si>
-    <t>100</t>
-[...1 lines deleted...]
-  <si>
     <t>REQUER URGÊNCIA NA DELIBERAÇÃO DO PROJETO DE LEI Nº 45/2025.</t>
   </si>
   <si>
     <t>3747</t>
   </si>
   <si>
-    <t>101</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3747/requerimento_no_101.pdf</t>
   </si>
   <si>
     <t>Eu, CARLOS ROBERTO TEIXEIRA, abaixo assinado, vereador, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a Vossa Excelência, depois de ouvido o douto Plenário, seja oficiado o senhor Tiago Luiz de Oliveira, Prefeito Municipal, solicitando-lhe a gentileza, solicitando-lhe a gentileza, no sentido de encaminhar à esta Casa Legislativa, uma cópia xerográfica ou digitalizada, de capa a capa, de todo o Processo de Dispensa de Licitação nº 29/2025, cujo objeto é a “contratação de empresa para prestação de serviços de coleta e transporte de resíduos sólidos do município de Buritama/SP até o aterro sanitário municipal e operação de central de triagem de resíduos, operação de aterro, processamento de resíduos de construção civil, trituração de podas de árvores e processamento de resíduos inertes volumosos pelo período de 6 meses”, no valor estimado em R$. 1.702.620,00, constando ainda as seguintes informações.</t>
   </si>
   <si>
     <t>3748</t>
   </si>
   <si>
-    <t>102</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3748/requerimento_no_102.pdf</t>
   </si>
   <si>
     <t>Eu, CARLOS ROBERTO TEIXEIRA, abaixo assinado, vereador, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a Vossa Excelência, depois de ouvido o douto Plenário, seja oficiado o senhor Tiago Luiz de Oliveira, Prefeito Municipal, solicitando-lhe a gentileza, no sentido de encaminhar à esta Casa Legislativa, a composição da diretoria completa do Clube dos Amigos de Buritama - C.A.B., que firmou parceria com o Governo do Município de Buritama.</t>
   </si>
   <si>
     <t>3749</t>
   </si>
   <si>
-    <t>103</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3749/requerimento_no_103.pdf</t>
   </si>
   <si>
     <t>Eu, FERNANDA MACENO COLETTA MESTRINER, abaixo assinado, vereadora, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a Vossa Excelência, depois de ouvido o douto Plenário, seja oficiado a senhora Josefina Solange de Souza, Diretora Clínica/Gerente/Administradora da Oftalmo Prest Prestação de Serviços Médicos Ltda, solicitando-lhe a gentileza, no sentido de encaminhar à esta Casa Legislativa, um relatório pormenorizado com todas as informações referentes aos repasses efetuados pela Santa Casa de Misericórdia São Francisco de Buritama/SP ao Instituto de Olhos, no período compreendido entre 01 de janeiro de 2025 até 31 de maio de 2025, por mês de competência, como também, um relatório da planilha de dívidas por produção durante este período, separadas mensalmente, conforme as prestações de serviços realizadas e pactuadas, destacando os recursos do SIA Oftalmologia, Glaucoma (Consultas/Linha de Cuidado) e FAEC.</t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
-    <t>104</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3750/requerimento_no_104.pdf</t>
   </si>
   <si>
     <t>Eu, FERNANDA MACENO COLETTA MESTRINER, abaixo assinado, vereadora com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a gentileza de Vossa Excelência, depois de ouvido o douto plenário, seja oficiado a senhora Fernanda Cristina Neivock Simonatto, Presidente do Fundo Social de Solidariedade de Buritama/SP, solicitando-lhe a gentileza, no sentido de encaminhar à esta Casa Legislativa, um relatório com todos os cursos realizados pelo Fundo Social, ou que ainda estão em andamento, no período de 01 de janeiro de 2025 até 31 de maio de 2025, com a lista dos nomes das pessoas inscritas para cada curso e a lista das pessoas que fizeram ou que ainda estão fazendo cursos, e quais são os critérios que estão sendo utilizados para a escolha das pessoas inscritas em participação nos cursos quando a demanda é maior que a oferta.</t>
   </si>
   <si>
     <t>3751</t>
   </si>
   <si>
-    <t>105</t>
-[...1 lines deleted...]
-  <si>
     <t>CRISTINA NOBRE, FEBEM</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3751/requerimento_no_105.pdf</t>
   </si>
   <si>
     <t>Nós, MARIA CRISTINA NOBRE SANTOS e CARLOS ALBERTO DOS SANTOS, abaixo assinados, vereadores, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEREMOS a Vossa Excelência, depois de ouvido o douto Plenário, seja expedida uma MOÇÃO DE APLAUSO em favor do senhor LUÍS ROBERTO GUARNIERE, popular “Luizão” e “Xerife”, pessoa trabalhadora, tendo chegado em nossa cidade com a família no ano de 2003, estabelecido comercialmente no ramo de panificação e confeitaria à frente da famosa e tradicionalíssima Padaria Tropicália, conquistando uma imensa, exigente e cativa clientela, sentindo por demais gratificado pelo fato de a população de Buritama tê-lo à época recebido de braços abertos. E como paga e gratidão por essa maravilhosa acolhida, o amigo “Luizão” realiza um magnífico trabalho social perante a comunidade buritamense.</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
-    <t>106</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3752/requerimento_no_106.pdf</t>
   </si>
   <si>
     <t>Eu, ANÍZIO ANTONIO DA SILVA, abaixo assinado, vereador com assento nesta Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO, depois de ouvido o douto Plenário, seja oficiado o senhor Tiago Luiz de Oliveira, Prefeito Municipal, solicitando-lhe a gentileza, no sentido de fornecer à esta Casa Legislativa informações detalhadas sobre a execução da Parceria Público-Privada (PPP) que contempla o funcionamento do banheiro público da Praça Nair Pereira Rosa, também conhecida como Praça da Bela, conforme segue.</t>
   </si>
   <si>
     <t>3753</t>
   </si>
   <si>
-    <t>107</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3753/requerimento_no_107.pdf</t>
   </si>
   <si>
     <t>Eu, ANÍZIO ANTONIO DA SILVA, abaixo assinado, vereador com assento nesta Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO, depois de ouvido o douto Plenário, seja oficiado o senhor David de Brito Santos, Interventor da Santa Casa de Misericórdia São Francisco de Buritama, solicitando-lhe a gentileza de fornecer à esta Casa Legislativa, um Relatório completo contendo as seguintes informações.</t>
   </si>
   <si>
     <t>3755</t>
   </si>
   <si>
-    <t>108</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3755/requerimento_no_108.pdf</t>
   </si>
   <si>
     <t>Eu, FERNANDA MACENO COLETTA MESTRINER, abaixo assinado, vereadora, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a Vossa Excelência, depois de ouvido o douto Plenário, seja oficiado o senhor David de Brito Santos, nomeado como Interventor na Santa Casa São Francisco de Buritama, através do Decreto Municipal nº 5.195, de 03 de abril de 2025, solicitando-lhe a gentileza, no sentido de encaminhar à esta Casa Legislativa, um relatório detalhado e documentado com as seguintes informações.</t>
   </si>
   <si>
     <t>3756</t>
   </si>
   <si>
-    <t>109</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3756/requerimento_no_109.pdf</t>
   </si>
   <si>
     <t>Eu, FERNANDA MACENO COLETTA MESTRINER, abaixo assinado, vereadora, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a Vossa Excelência, depois de ouvido o douto Plenário, seja oficiado a senhor David de Brito Santos, nomeado como Interventor da Santa Casa de Misericórdia São Francisco de Buritama, solicitando-lhe a gentileza, no sentido de encaminhar à esta Casa Legislativa, um relatório pormenorizado com todas as informações referentes aos repasses efetuados pela Santa Casa de Misericórdia São Francisco de Buritama/SP ao Instituto de Olhos, no período compreendido entre 01 de janeiro de 2025 até 31 de maio de 2025, por mês de competência, como também, um relatório da planilha de dívidas por produção durante este período, separadas mensalmente, conforme as prestações de serviços realizadas e pactuadas, destacando os recursos do SIA Oftalmologia, Glaucoma (Consultas/Linha de Cuidado) e FAEC.</t>
   </si>
   <si>
     <t>3757</t>
   </si>
   <si>
-    <t>110</t>
-[...1 lines deleted...]
-  <si>
     <t>Eu, CARLOS ROBERTO TEIXEIRA, abaixo assinado, vereador com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a  Vossa Excelência, seja oficiado a senhora, Ivete Ribeiro Mariano, Diretora do Departamento Municipal de Assistência e Desenvolvimento Social, solicitando-lhe a gentileza, no sentido de encaminhar à esta Casa Legislativa, um relatório completo com todas as informações, do pedido inicial até a conclusão da emissão da Declaração Anual de Regularidade à Associação Beneficente de Assistência Social - ABAS, com as visitações e os pareceres técnicos, bem como, da Ata da reunião do Conselho Municipal, enfim, de todo o processo inicial até a expedição da certificação da entidade. Requeiro, também, cópia da Certificação de Entidades Beneficentes de Assistência Social - CEBAS, da referida entidade, exigida para fins de recebimento de recursos financeiros, seja ela em forma de parceria, subvenção ou outras.</t>
   </si>
   <si>
     <t>3758</t>
   </si>
   <si>
-    <t>111</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3758/requerimento_no_111.pdf</t>
   </si>
   <si>
     <t>Eu, CARLOS ROBERTO TEIXEIRA, abaixo assinado, vereador com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a  Vossa Excelência, seja oficiado o senhor David de Brito Santos, nomeado como Interventor na Santa Casa São Francisco de Buritama, através do Decreto Municipal nº 5.195, de 03 de abril de 2025, solicitando-lhe a gentileza, no sentido de encaminhar à esta Casa Legislativa, cópia integral, digitalizada ou xerográfica, de todas as ações judiciais, em tramitação ou não, da empresa Tiago Luiz de Oliveira Serviços Médicos Eireli ME e da senhora Erika Aparecida de Almeida Pereira contra a Santa Casa de Misericórdia São Francisco de Buritama.</t>
   </si>
   <si>
     <t>3759</t>
-  </si>
-[...1 lines deleted...]
-    <t>112</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3759/requerimento_no_112.pdf</t>
   </si>
   <si>
     <t>Eu, CARLOS ROBERTO TEIXEIRA, abaixo assinado, vereador com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a  Vossa Excelência, seja oficiado o senhor David de Brito Santos, nomeado como Interventor na Santa Casa São Francisco de Buritama, através do Decreto Municipal nº 5.195, de 03 de abril de 2025, solicitando-lhe a gentileza, no sentido de encaminhar à esta Casa Legislativa, informações sobre as remunerações/vencimentos, ou qualquer outras gratificações, do Interventor e da Comissão Executiva com cópias da ficha financeira de todos os meses recebidos durante a intervenção, até o mês de maio de 2025.</t>
   </si>
   <si>
     <t>3766</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA NA DELIBERAÇÃO DO PROJETO DE LEI Nº 51/2025.</t>
   </si>
   <si>
     <t>3779</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3779/requerimento_no_114.pdf</t>
   </si>
@@ -3350,50 +3569,469 @@
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3955/requerimento_no_188.pdf</t>
   </si>
   <si>
     <t>Eu, ANÍZIO ANTONIO DA SILVA, abaixo assinado, vereador, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a Vossa Excelência, depois de ouvido o douto Plenário, seja oficiado o senhor Tiago Luiz de Oliveira, Prefeito Municipal, solicitando-lhe a gentileza, no sentido de encaminhar à esta Casa Legislativa, as seguintes informações e documentos.</t>
   </si>
   <si>
     <t>3956</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>Requer urgência na deliberação do Projeto de Lei nº 88/2025.</t>
   </si>
   <si>
     <t>3957</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>Requer urgência na deliberação do Projeto de Lei nº 89/2025.</t>
   </si>
   <si>
+    <t>3971</t>
+  </si>
+  <si>
+    <t>191</t>
+  </si>
+  <si>
+    <t>TONHÃO DA EDITORA</t>
+  </si>
+  <si>
+    <t>Eu, ANTONIO JOSÉ DE OLIVEIRA JUNIOR, abaixo assinado, vereador, com assento na Câmara Municipal de Buritama, Estado de São Paulo, depois de ouvido o douto Plenário, REQUEIRO, seja expedida uma MOÇÃO DE APLAUSO em favor do senhor DAVID DE BRITO SANTOS, pelos relevantes e digníssimos trabalhos prestados como Interventor da Santa Casa de Misericórdia São Francisco de Buritama.</t>
+  </si>
+  <si>
+    <t>3972</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3972/requerimento_no_192.pdf</t>
+  </si>
+  <si>
+    <t>Nós, abaixo assinados, vereadores, membros da Comissão de Obras e Serviços Públicos da Câmara Municipal de Buritama, REQUEREMOS de Vossa Excelência, depois de ouvido o douto Plenário, seja oficiado ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, solicitando-lhe a gentileza, no sentido de encaminhar à esta Casa Legislativa, cópia do processo licitatório completo da contratação do Engenheiro Tiago Augusto Perassoli de Oliveira para a elaboração do Projeto de Iluminação da Ciclovia Mário Bianchinni.</t>
+  </si>
+  <si>
+    <t>3973</t>
+  </si>
+  <si>
+    <t>193</t>
+  </si>
+  <si>
+    <t>Eu, MARIA CRISTINA NOBRE SANTOS, abaixo assinado, vereadora, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a Vossa Excelência, depois de ouvido o douto Plenário, seja expedida uma MOÇÃO DE APOIO ao Projeto de Lei nº 955/2025, de autoria do deputado estadual Luiz Claudio Marcolino, que altera a Lei nº 6.171, de 04 de julho de 1988, que dispõe sobre o uso, conservação e preservação do solo agrícola e estabelece diretrizes para a preservação e o controle da eutrofização, incluindo o monitoramento permanente do solo para a proteção dos corpos d’água em todo o estado de São Paulo.</t>
+  </si>
+  <si>
+    <t>3974</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3974/requerimento_no_194.pdf</t>
+  </si>
+  <si>
+    <t>Eu, ANÍZIO ANTONIO DA SILVA, abaixo assinado, vereador, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a Vossa Excelência, depois de ouvido o douto Plenário, seja expedida uma MOÇÃO DE CONGRATULAÇÕES em favor da Senadora Mara Gabrilli, em reconhecimento e agradecimento pela destinação de Emenda Parlamentar Impositiva ao Município de Buritama no valor de R$ 200.000,00 (duzentos mil reais), conforme Proposta nº 350810820250002 e Ordem Bancária nº 2025OB6115, datada de 07 de outubro de 2025, junto ao Ministério do Desenvolvimento e Assistência Social, Família e Combate à Fome.</t>
+  </si>
+  <si>
+    <t>3975</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>REQUER URGÊNCIA NA DELIBERAÇÃO DO PROJETO DE LEI Nº 90/2025.</t>
+  </si>
+  <si>
+    <t>3976</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>REQUER URGÊNCIA NA DELIBERAÇÃO DO PROJETO DE LEI Nº 91/2025.</t>
+  </si>
+  <si>
+    <t>3977</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
+    <t>REQUER URGÊNCIA NA DELIBERAÇÃO DO PROJETO DE LEI Nº 92/2025.</t>
+  </si>
+  <si>
+    <t>3985</t>
+  </si>
+  <si>
+    <t>198</t>
+  </si>
+  <si>
+    <t>REQUER URGÊNCIA NA DELIBERAÇÃO DO PROJETO DE LEI Nº 93/2025.</t>
+  </si>
+  <si>
+    <t>3986</t>
+  </si>
+  <si>
+    <t>199</t>
+  </si>
+  <si>
+    <t>REQUER URGÊNCIA NA LIBERAÇÃO DO PROJETO DE LEI LEGISLATIVO N 14/2025.</t>
+  </si>
+  <si>
+    <t>3987</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3987/requerimento_no_200.pdf</t>
+  </si>
+  <si>
+    <t>Eu, CARLOS ROBERTO TEIXEIRA, abaixo assinado, vereador, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a Vossa Excelência, depois de ouvido o douto Plenário, seja oficiado o senhor José Cléber Batista, Presidente do Clube dos Amigos de Buritama - CAB, solicitando-lhe a gentileza, no sentido de encaminhar à esta Casa Legislativa a completa Prestação de Contas da 37ª Festa do Peão de Boiadeiro de Buritama, realizada por aquela associação de 13 a 17 de agosto de 2025, e que teve R$ 1 milhão de reais de recursos públicos do erário municipal empregado no evento.</t>
+  </si>
+  <si>
+    <t>3988</t>
+  </si>
+  <si>
+    <t>201</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3988/requerimento_no_201.pdf</t>
+  </si>
+  <si>
+    <t>Eu, CARLOS ROBERTO TEIXEIRA, abaixo assinado, vereador, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a Vossa Excelência, depois de ouvido o douto Plenário, seja oficiado o senhor Tiago Luiz de Oliveira, Prefeito Municipal, solicitando-lhe a gentileza, no sentido de encaminhar à esta Casa Legislativa informações convincentes do motivo que, após mais de 6 meses de intervenção do Governo do Município na Santa Casa de Misericórdia São Francisco de Buritama, nada é publicado no Portal da Transparência da entidade, ou seja, dados como receitas e despesas, gestão de pessoas, convênios, contratos, e outros, não está sendo dada a devida transparência pública, mesmo com os serviços da entidade sido custeados com os recursos públicos e, assim sendo, sempre onde há recursos públicos envolvidos, a transparência é regra e não exceção, conforme a legislação brasileira preconiza.</t>
+  </si>
+  <si>
+    <t>3989</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3989/requerimento_no_202.pdf</t>
+  </si>
+  <si>
+    <t>Eu, CARLOS ROBERTO TEIXEIRA, abaixo assinado, vereador, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a Vossa Excelência, depois de ouvido o douto Plenário, seja oficiado a senhora Michele dos Santos Farina, Diretora do Departamento Municipal de Saúde, solicitando-lhe a gentileza, no sentido de encaminhar à esta Casa Legislativa respostas e cópias dos documentos oficiais com as seguintes informações referentes ao Conselho Municipal de Saúde, respectivamente:_x000D_
+1 - Houve eleição e/ou indicação para o Conselho Municipal de Saúde em 2025?_x000D_
+2 - Caso afirmativo, enviar uma cópia do Edital de Convocação, da Ata, da Portaria de nomeação e todos os outros documentos referentes a eleição e/ou indicação do CMS;_x000D_
+3 - Qual o critério usado para a divulgação e a participação da sociedade civil na eleição e/ou indicação do CMS em 2025?_x000D_
+4 - Qual a constituição do CMS na data da sua posse e qual o prazo de validade do mesmo.</t>
+  </si>
+  <si>
+    <t>3990</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3990/requerimento_no_203.pdf</t>
+  </si>
+  <si>
+    <t>Nós, ABAIXO ASSINADOS, vereadores, com assento na Câmara Municipal de Buritama, Estado de São Paulo, depois de ouvido o douto Plenário, REQUEREMOS, sejam oficiados os senhores Tiago Luiz de Oliveira de Oliveira, Prefeito Municipal, e Carlos Henrique Masson Contel, Diretor do Departamento Municipal de Engenharia, para que encaminhem a esta Casa Legislativa cópias do projeto e do cronograma atualizado referente à implementação do Centro de Especialidades Odontológicas (CEO) no município.</t>
+  </si>
+  <si>
+    <t>3991</t>
+  </si>
+  <si>
+    <t>204</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3991/requerimento_no_204.pdf</t>
+  </si>
+  <si>
+    <t>Eu, CARLOS ROBERTO TEIXEIRA, abaixo assinado, vereador, com assento na Câmara Municipal de Buritama, Estado de São Paulo, considerando o montante de 156 Indicações de autoria de vereadores apresentadas de fevereiro de 2025 até a presente data, sendo que desse total, 129 foram dirigidas exclusivamente ao chefe do Poder Executivo, REQUEIRO a Vossa Excelência, depois de ouvido o douto Plenário, seja oficiado o senhor Tiago Luiz de Oliveira, Prefeito Municipal, solicitando-lhe a gentileza, no sentido de informar à esta Casa Legislativa, quantas Indicações foram efetivamente atendidas pelo senhor prefeito municipal.</t>
+  </si>
+  <si>
+    <t>3997</t>
+  </si>
+  <si>
+    <t>205</t>
+  </si>
+  <si>
+    <t>Requer urgência na deliberação do Projeto de Lei nº 94/2025.</t>
+  </si>
+  <si>
+    <t>3998</t>
+  </si>
+  <si>
+    <t>206</t>
+  </si>
+  <si>
+    <t>Requer urgência na deliberação do Projeto de Lei nº 95/2025.</t>
+  </si>
+  <si>
+    <t>3999</t>
+  </si>
+  <si>
+    <t>207</t>
+  </si>
+  <si>
+    <t>Requer urgência na deliberação do Projeto de Lei nº 96/2025.</t>
+  </si>
+  <si>
+    <t>4000</t>
+  </si>
+  <si>
+    <t>208</t>
+  </si>
+  <si>
+    <t>Requer urgência na deliberação do Projeto de Lei nº 97/2025.</t>
+  </si>
+  <si>
+    <t>4001</t>
+  </si>
+  <si>
+    <t>209</t>
+  </si>
+  <si>
+    <t>Requer urgência na deliberação do Projeto de Lei nº 98/2025.</t>
+  </si>
+  <si>
+    <t>4015</t>
+  </si>
+  <si>
+    <t>210</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4015/requerimento_no_210.pdf</t>
+  </si>
+  <si>
+    <t>Eu, ANDRÉ LUIZ CUNTO, abaixo assinado, vereador, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a Vossa Excelência, depois de ouvido do douto Plenário, seja oficiado a senhora Michele dos Santos Farina, Diretora do Departamento Municipal de Saúde, solicitando-lhe a gentileza, no sentido de encaminhar à esta Casa Legislativa, uma relação com dados atualizados da Fila/Lista Cronológica de pacientes que aguardam a realização de exames de baixa, média e alta complexidade (raio-x, tomografia, ultrassonografia, ressonância magnética e demais cirurgias eletivas), bem como consultas médicas e oftalmológicas.</t>
+  </si>
+  <si>
+    <t>4016</t>
+  </si>
+  <si>
+    <t>211</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4016/requerimento_no_211.pdf</t>
+  </si>
+  <si>
+    <t>Eu, ANÍZIO ANTONIO DA SILVA, abaixo assinado, vereador com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO, depois de ouvido o douto Plenário, seja oficiado o senhor Tiago Luiz de Oliveira, Prefeito Municipal, solicitando-lhe a gentileza, no sentido de informar à esta Casa Legislativa, como está funcionando o transporte circular urbano implementado pela Prefeitura Municipal, com o objetivo de melhorar a mobilidade e o acesso a serviços essenciais para a população, constando horários e frequência de passageiros/dia que utilizam referido meio de locomoção disponibilizado pelo Governo do Município de Buritama à população buritamense.</t>
+  </si>
+  <si>
+    <t>4017</t>
+  </si>
+  <si>
+    <t>212</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4017/requerimento_no_212.pdf</t>
+  </si>
+  <si>
+    <t>Eu, CARLOS ROBERTO TEIXEIRA, abaixo assinado, vereador com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO, depois de ouvido o douto Plenário, sejam oficiados os senhores Tiago Luiz de Oliveira, Prefeito Municipal, e Marcelo Rodrigo Florêncio, Diretor do Departamento Municipal de Transportes, solicitando-lhes a gentileza, no sentido de encaminharem à esta Casa Legislativa, uma cópia xerográfica ou digitalizada, de capa a capa, de todo o Processo do Edital nº 90028/2025, publicado no Portal Nacional de Contratações Públicas, sendo a Modalidade da contratação por Pregão Eletrônico, cujo objeto é a “contratação de empresa especializada na prestação de serviços de transportes, mediante locação de veículos, com condutor e combustível, visando atender às necessidades operacionais e administrativas dos diversos setores da administração geral do Governo do Município de Buritama”, sendo o valor total estimado da compra em R$ 3.982.000,00.</t>
+  </si>
+  <si>
+    <t>4018</t>
+  </si>
+  <si>
+    <t>213</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4018/requerimento_no_213.pdf</t>
+  </si>
+  <si>
+    <t>Eu, CARLOS ROBERTO TEIXEIRA, abaixo assinado, vereador com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO, depois de ouvido o douto Plenário, sejam oficiados os senhores Tiago Luiz de Oliveira, Prefeito Municipal e Marcelo Rodrigo Florêncio, Diretor do Departamento Municipal de Transportes, no sentido de encaminharem à esta Casa Legislativa, as seguintes informações:_x000D_
+_x000D_
+          1.   Relatório com todos os veículos e maquinários da frota municipal, com o ano de fabricação, e separados por Departamento Municipal de que fazem parte cada um desse patrimônio público._x000D_
+_x000D_
+          2. Informar a periodicidade de troca ou da ressolagem dos pneus desta frota, e de como é feito todo este controle.</t>
+  </si>
+  <si>
+    <t>4019</t>
+  </si>
+  <si>
+    <t>214</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4019/requerimento_no_214.pdf</t>
+  </si>
+  <si>
+    <t>Eu, CARLOS ROBERTO TEIXEIRA, abaixo assinado, vereador, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO, depois de ouvido o douto Plenário, sejam oficiados os senhores Tiago Luiz de Oliveira, Prefeito Municipal, e Marcelo Rodrigo Florêncio, Diretor do Departamento Municipal de Transportes, solicitando-lhes a gentileza, no sentido de encaminharem à esta Casa Legislativa, um relatório completo, com uma planilha contendo os dados diários e mensais da quantidade de pessoas que utilizaram o “ônibus circular” do município, por itinerários e horários, e outro demonstrando o custo/benefício diário e mensal do transporte coletivo urbano aos cofres municipais, desde o primeiro dia de circulação até o dia 31 de outubro de 2025, caso o município esteja realizando este planejamento e este tipo de controle.</t>
+  </si>
+  <si>
+    <t>4021</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>Requer urgência na deliberação do Projeto de Lei nº 100/2025.</t>
+  </si>
+  <si>
+    <t>4027</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>REQUER URGÊNCIA NA DELIBERAÇÃO DO PROJETO DE LEI Nº 101/2025.</t>
+  </si>
+  <si>
+    <t>4022</t>
+  </si>
+  <si>
+    <t>217</t>
+  </si>
+  <si>
+    <t>Requer urgência na deliberação do Projeto de Lei nº 102/2025.</t>
+  </si>
+  <si>
+    <t>4023</t>
+  </si>
+  <si>
+    <t>218</t>
+  </si>
+  <si>
+    <t>Requer urgência na deliberação do Projeto de Lei nº 103/2025.</t>
+  </si>
+  <si>
+    <t>4024</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>Requer urgência na deliberação do Projeto de Lei nº 104/2025.</t>
+  </si>
+  <si>
+    <t>4025</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>Requer urgência na deliberação do Projeto de Lei nº 105/2025.</t>
+  </si>
+  <si>
+    <t>4034</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4034/requerimento_no_221.pdf</t>
+  </si>
+  <si>
+    <t>Eu, WALLISON ROBERTO DA SILVA, abaixo assinado, vereador, com assento na Câmara Municipal de Buritama, Estado de São Paulo, tendo em vista as colocações feitas pelo vereador Carlos Roberto Teixeira na fase da Ordem do Dia da sessão ordinária do dia 03/11/25: [...] E, quero dizer uma coisa que eu ouvi agora a pouco, a Colonoscopia, eu ouvi, ouvi, eu tô vendendo o preço da banana igualzinho eu paguei, nenhum centavinho a mais, nem a menos. Que teve um certo probleminha aí, que quase deu zica na pessoa que foi fazer. Colonoscopia, eu fiz, eu acho, te..., não sei se tem mais alguém que fez, é complicado, complicadíssimo. Você tem que fazer um..., um..., é..., um preparo, obrigado Cristina. Um preparo muito grande pra poder fazer, porque um vacilo que der fura uma..., um..., intestino, uma tripa do intestino. Tem que ter profissional à altura, como também a Endoscopia, é um negócio complicado. Então, eu tô vendendo a banana pelo que eu comprei. Procurem tomar muito cuidado, que é perigoso.</t>
+  </si>
+  <si>
+    <t>4035</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4035/requerimento_no_222.pdf</t>
+  </si>
+  <si>
+    <t>Eu, ANÍZIO ANTONIO DA SILVA, abaixo assinado, vereador, com assento na Câmara Municipal de Buritama, Estado de São Paulo, Considerando a relevância da Educação como instrumento de transformação humana e social; Considerando que a valorização dos profissionais da educação é dever ético, institucional e social do Poder Legislativo, reconhecendo trajetórias de dedicação, excelência e compromisso; Considerando o destacado trabalho desenvolvido pela Professora Luciana de Azevedo Ponce, cuja carreira vem contribuindo de forma expressiva para a formação cultural, intelectual e cidadã de crianças, jovens e adultos do município de Buritama e da região; REQUEIRO, a gentileza de Vossa Excelência, depois de ouvido o douto Plenário, seja expedida uma MOÇÃO DE APLAUSO em favor da professora LUCIANA DE AZEVEDO PONCE, pelos relevantes serviços reconhecidamente prestados à Educação e à Cultura.</t>
+  </si>
+  <si>
+    <t>4036</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4036/requerimento_no_223.pdf</t>
+  </si>
+  <si>
+    <t>Eu, ANÍZIO ANTONIO DA SILVA, abaixo assinado, vereador, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a gentileza de Vossa Excelência, depois de ouvido o douto Plenário, seja expedida uma MOÇÃO DE APLAUSO em favor das alunas LARA ROSANTE OLIVEIRA e MARIA LUIZA MOURA OLIVEIRA, e da professora responsável AMANDA SUELLEN ABILA DO AMARAL, da E.E. PROF. OSWALDO JANUZZI, selecionados para o Programa Prontos pro Mundo, iniciativa governamental que promove a excelência no ensino de Língua Inglesa e a ampliação da formação cultural e acadêmica de nossos jovens.</t>
+  </si>
+  <si>
+    <t>4037</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4037/requerimento_no_224.pdf</t>
+  </si>
+  <si>
+    <t>Eu, ANÍZIO ANTONIO DA SILVA, abaixo assinado, vereador, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a gentileza de Vossa Excelência, depois de ouvido o douto Plenário, seja expedida uma MOÇÃO DE APLAUSO em favor dos alunos LEONARDO MENDES OLIVEIRA CAMPOS e YASMIN SILVA SANTOS, e da professora responsável SÍLVIA CRISTINA BALESTEROS, da E.E. ÁLVARO ALVIM, selecionados para o Programa Prontos pro Mundo, iniciativa governamental que promove a excelência no ensino de Língua Inglesa e a ampliação da formação cultural e acadêmica de nossos jovens.</t>
+  </si>
+  <si>
+    <t>4038</t>
+  </si>
+  <si>
+    <t>225</t>
+  </si>
+  <si>
+    <t>REQUER URGÊNCIA NA DELIBERAÇÃO DO PROJETO DE LEI Nº 106/2025.</t>
+  </si>
+  <si>
+    <t>4039</t>
+  </si>
+  <si>
+    <t>226</t>
+  </si>
+  <si>
+    <t>REQUER URGÊNCIA NA DELIBERAÇÃO DO PROJETO DE LEI Nº 107/2025.</t>
+  </si>
+  <si>
+    <t>4040</t>
+  </si>
+  <si>
+    <t>227</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4040/requerimento_no_227.pdf</t>
+  </si>
+  <si>
+    <t>Eu, MARIA CRISTINA NOBRE SANTOS, abaixo assinado, vereadora, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO, a gentileza de Vossa Excelência, depois de ouvido o douto Plenário, seja expedida uma MOÇÃO DE APOIO em favor dos Servidores das Carreiras de Apoio Agropecuário e da Pesquisa Científica e Tecnológica, profissionais que atuam diretamente na fiscalização sanitária, controle de pragas e doenças, inspeções em propriedades rurais, indústrias, feiras e comércios de insumos, emissão de documentos oficiais, apoio à pesquisa científica e tecnológica, monitoramento da produção e conservação dos recursos naturais.</t>
+  </si>
+  <si>
+    <t>4041</t>
+  </si>
+  <si>
+    <t>228</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4041/requerimento_no_228.pdf</t>
+  </si>
+  <si>
+    <t>Eu, CARLOS ALBERTO DOS SANTOS, abaixo assinado, vereador com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a gentileza de Vossa Excelência, sejam oficiados os senhores Tiago Luiz de Oliveira, Prefeito Municipal, e Milson Aparecido Polizel, servidor municipal designado como Diretor do Departamento Municipal de Agricultura e Meio Ambiente, através do Decreto nº 5.232, de 20/05/2025, no sentido de encaminhar à esta Casa Legislativa, um diagnóstico do Município de Buritama, caso tenhamos este tipo de levantamento, da cobertura vegetal de todas as matas ciliares nas Áreas de Preservação Permanente (APP) ao longo dos nossos rios e nascentes, das Reservas Legais (RLs) nas nossas propriedades rurais, se temos alguma Área de Preservação Ambiental (APA) existentes em toda extensão territorial do nosso Município.</t>
+  </si>
+  <si>
+    <t>4042</t>
+  </si>
+  <si>
+    <t>229</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4042/requerimento_no_229.pdf</t>
+  </si>
+  <si>
+    <t>Eu, FERNANDA MACENO COLETTA MESTRINER, vereadora com assento na Câmara Municipal de Buritama, Estado de São Paulo, depois de ouvido o douto Plenário, REQUEIRO, seja consignada em ata e expedida MOÇÃO DE APLAUSO em favor da empresa Gemiverde Sementes e ao seu Projeto “Mãos que Germinam”, em reconhecimento à relevante contribuição prestada à educação ambiental e à restauração ecológica em nosso município e região. A Gemiverde Sementes, empresa familiar fundada em 2020 pelos irmãos Gidean Silva Candido e Gerson Silva Candido, dedica-se à restauração florestal e à proteção dos biomas e ecossistemas brasileiros, mantendo firme compromisso com a sustentabilidade e com a produção de sementes que possibilitam o plantio de aproximadamente 10 milhões de mudas por ano. Atualmente sob a coordenação da Sra. Jani Candido, a empresa fortalece sua atuação socioambiental, destacando-se, especialmente, pelo Projeto “Mãos que Germinam”, idealizado e desenvolvido por ela.</t>
+  </si>
+  <si>
     <t>3495</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3495/indicacao_no_01.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam tomadas as providências necessárias, objetivando proceder os estudos técnicos e administrativos, objetivando a celebração de convênio entre o Governo do Município de Buritama e o Hospital de Base de São José do Rio Preto, visando ampliar e melhorar o atendimento de saúde de média e alta complexidade à população de Buritama.</t>
   </si>
   <si>
     <t>3496</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3496/indicacao_no_02.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, nos termos regimentais, por intermédio de Vossa Excelência, INDICA ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam tomadas as providências necessárias, objetivando a construção de coberturas metálicas em todos os bairros da cidade para proteção das crianças, principalmente em dias de chuva e de sol a pino, enquanto elas aguardam para embarque nos ônibus escolares.</t>
   </si>
   <si>
     <t>3497</t>
@@ -3662,53 +4300,50 @@
   <si>
     <t>O vereador que esta subscreve, nos termos regimentais, por intermédio de Vossa Excelência, INDICA aos senhores Tiago Luiz de Oliveira, Prefeito Municipal, e Erika Aparecida de Almeida Pereira, Diretora do Departamento Municipal de Saúde, sejam tomadas as providências necessárias, objetivando a instalação de um ponto de espera de ônibus entre os Bairros Jardim das Dormélias e Benedito Garcia.</t>
   </si>
   <si>
     <t>3551</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3551/indicacao_no_32.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, aos senhores Tiago Luiz de Oliveira, Prefeito Municipal, e Ivete Ribeiro Mariano, Diretora do Departamento Municipal de Assistência e Desenvolvimento Social, sejam tomadas as providências necessárias para identificar e disponibilizar um espaço adequado no município de Buritama destinado à realização de cursos e outras atividades que promovam a valorização dos artesãos locais.</t>
   </si>
   <si>
     <t>3573</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3573/indicacao_no_33_1.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam tomadas as providências necessárias, objetivando a elaboração e encaminhamento à esta Casa Legislativa, de um Projeto de Lei com o objetivo de regulamentar a atuação da Brigada de Combate a Incêndios de Buritama, garantindo melhores condições de trabalho e a valorização dos brigadistas.</t>
   </si>
   <si>
     <t>3592</t>
   </si>
   <si>
-    <t>TONHÃO DA EDITORA</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3592/indicacao_no_34_1.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam tomadas as providências necessárias e realizados os devidos estudos, objetivando a implantação de um Parquinho infantil no Residencial Interlagos.</t>
   </si>
   <si>
     <t>3593</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3593/indicacao_no_35_1.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam tomadas as providências necessárias e desenvolvidos os devidos estudos, objetivando o Poder Público a proceder a aquisição de aparelhos de ar-condicionado ou climatizadores de ar, para instalação nas dependências do Ginásio de Esportes Maria Bassan Feroldi, para acolher a população Buritamense, nas diversas modalidades esportivas que são realizadas diariamente junto aquele local: seja para futebol, vôlei, exercícios com os idosos, bem como quando recebe público grande na realização de Campeonatos.</t>
   </si>
   <si>
     <t>3594</t>
   </si>
   <si>
     <t>ANTONIO CARLOS, FEBEM</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3594/indicacao_no_36_1.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, nos termos regimentais, considerando o recebimento do Ofício nº 46/25, de autoria da senhora Sandra Cristina Marques, Coordenadora do Conselho Tutelar de nossa cidade, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam tomadas as providências necessárias, observadas as disponibilidades financeiras, objetivando a aquisição de um veículo 0 km, com capacidade para 07 lugares, dotado de direção hidráulica, ar-condicionado, vidro elétrico, 4 portas, flex, freios ABS, Motor 1.8, para uso exclusivo dos membros do Conselho Tutelar do Município.  (Doc. em Anexo).</t>
@@ -4484,50 +5119,53 @@
   <si>
     <t>O vereador que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam tomadas as providências necessárias, objetivando a elaboração e encaminhamento de um Projeto de Lei à esta Casa Legislativa, dispondo sobre a obrigatoriedade de o Prefeito, o Vice-Prefeito, Diretores Comissionados, inclusive os Adjuntos dos diversos Departamentos do Governo do Município de Buritama, e Membros do Conselho Tutelar, se submeterem, trimestralmente, a regular exame toxicológico de natureza pública, dando outras providências.</t>
   </si>
   <si>
     <t>3865</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3865/indicacao_no_122.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, aos senhores Tiago Luiz de Oliveira, Prefeito Municipal, e Reinaldo Fuzete Junior, Diretor do Departamento Municipal de Administração, que sejam realizados os devidos estudos e tomadas as providências necessárias, objetivando que o Governo Municipal encaminhe um Projeto de Lei Complementar à esta Casa Legislativa, alterando o Art. 145 da Lei Ordinária nº 2.024, de 28 de setembro de 2991, que dispõe sobre o Estatuto dos Servidores Públicos do Município de Buritama, passando a vigorar da seguinte maneira: “Ao funcionário será concedida licença-paternidade, por nascimento ou adoção, pelo prazo de trinta (30) dias consecutivos, com vencimento integral”.</t>
   </si>
   <si>
     <t>3866</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3866/indicacao_no_123.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, aos senhores Tiago Luiz de Oliveira, Prefeito Municipal, e Giselda Elias da Cunha, Diretora Municipal de Trânsito, sejam tomadas as providências necessárias, objetivando a construção de uma lombada ou de um outro tipo de redutor de velocidade na altura do número 880 da Rua Anésia Perassoli, mais precisamente em frente a uma padaria ali existente.</t>
   </si>
   <si>
     <t>3877</t>
   </si>
   <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3877/indicacao_no_124.pdf</t>
+  </si>
+  <si>
     <t>A vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam tomadas as providências necessárias, objetivando designar Professores de Educação Física, Psicólogas e de mais uma Psicopedagoga para atuarem nas Creches Municipais.</t>
   </si>
   <si>
     <t>3878</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3878/indicacao_no_125.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, que verifique junto ao setor competente os estudos necessários objetivando a implantação de uma faixa de pedestres em frente à Unidade Básica de Saúde (UBS II) “Nicola Lavecchia” (Postinho da Figueira). Foto em anexo.</t>
   </si>
   <si>
     <t>3879</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3879/indicacao_no_126.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, que estude, junto ao Departamento de Saúde, a viabilidade de implantar um programa de capacitação e formação continuada para os profissionais da rede municipal de saúde, focado na melhoria e humanização do atendimento ao público.</t>
   </si>
   <si>
     <t>3880</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3880/indicacao_no_127.pdf</t>
@@ -4763,99 +5401,336 @@
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3959/indicacao_no_152.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, por intermédio de Vossa Excelência, INDICA ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam realizados os estudos técnicos e jurídicos visando à possibilidade de doação de um imóvel público à Associação Animal Quem Ama Protege, inscrita no CNPJ nº 27.797.318/0001-00, fundada em 2017 e declarada de Utilidade Pública por meio da Lei Municipal nº 4.794, de 09 de agosto de 2022.</t>
   </si>
   <si>
     <t>3966</t>
   </si>
   <si>
     <t>FERNANDA MACENO, CRISTINA NOBRE</t>
   </si>
   <si>
     <t>As Vereadoras que esta subscrevem, nos termos regimentais, INDICAM, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam tomadas as providências necessárias e desenvolvidos os devidos estudos, visando climatizar ou adotar medidas de amenização do calor nas dependências do Ginásio de Esportes “Maria Bassan Feroldi”, seja por meio da instalação de aparelhos de ar-condicionado, climatizadores de ar, ventiladores industriais ou outro sistema adequado que garanta conforto térmico aos usuários.</t>
   </si>
   <si>
     <t>3967</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam tomadas as providências necessárias para climatizar a frota de veículos utilizada no transporte de estudantes e trabalhadores do Município de Buritama.</t>
   </si>
   <si>
     <t>3968</t>
   </si>
   <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3968/indicacao_no_155__retirada_pelo_autor_.pdf</t>
+  </si>
+  <si>
     <t>O vereador que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam tomadas as providências necessárias para promover estudos técnicos e jurídicos visando à adequação da base de cálculo e dos percentuais do adicional de insalubridade dos servidores públicos municipais às normativas federais vigentes, especialmente à Norma Regulamentadora nº 15 (NR-15) do Ministério do Trabalho e Emprego.</t>
   </si>
   <si>
     <t>3969</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, aos senhores Tiago Luiz de Oliveira, Prefeito Municipal, Reinaldo Fuzete Junior, Diretor do Departamento Municipal de Administração, e Luiz Gustavo Canteras Falotico Correa, Diretor do Departamento Municipal de Turismo do Governo do Município de Buritama, para que realizem os estudos e tomem as devidas providências necessárias, objetivando a implantação da REDE BANCO 24 HORAS em alguns pontos públicos do município, como também, em alguns pontos comerciais da cidade, através de parceria com a Associação Comercial de Buritama. Ele é um serviço que oferece caixas eletrônicos, operando sem interrupções e com acesso a diversos serviços bancários, como saques, consultas, pagamentos e depósitos, em parceria com várias instituições financeiras do País. Com o fechamento recente da agência Santander e, rumores que estão falando que o Bradesco funcionará até o final do ano, será de suma importância</t>
   </si>
   <si>
+    <t>3992</t>
+  </si>
+  <si>
+    <t>A Vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago  Luiz de Oliveira, Prefeito Municipal, sejam tomadas as providências necessárias e desenvolvidos os devidos estudos, objetivando a implantação de Hortas Comunitárias em áreas verdes de propriedade do Município e que estejam disponíveis, para a implantação de “Hortas Comunitárias” em parceira com a comunidade local, transformando esses locais em uma verdadeira e farta fonte de produção de alimentos, e ainda como forma de incentivar os moradores a plantarem, cuidarem e colherem verduras e legumes para o seu próprio sustento, sem o uso de agrotóxicos, para consumirem uma alimentação saudável e de qualidade. (Foto Ilustrativa em anexo).</t>
+  </si>
+  <si>
+    <t>3993</t>
+  </si>
+  <si>
+    <t>FERNANDA MACENO, ADRIANO TUSTÃO, CARLINHO DO DIVINO, CRISTINA NOBRE, DR. WALLISON, FEBEM</t>
+  </si>
+  <si>
+    <t>Os vereadores que esta subscrevem, nos termos regimentais, considerando a solicitação popular encaminhada pelo cidadão Cleber Reis dos Santos Oliveira, com o objetivo de melhorar o transporte e atendimento de pacientes acamados, cadeirantes e pessoas com obesidade mórbida, garantindo segurança, conforto e dignidade no atendimento à saúde, INDICAM, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam tomadas as providências necessárias, objetivando os seguintes procedimentos: 1. Aquisição ou adaptação de ambulâncias, equipadas com: Rampas ou elevadores hidráulicos para acesso facilitado; Escada; Espaço interno amplo e bancos removíveis; Sistema de fixação seguro para macas reforçadas; Capacidade de transporte de pacientes com obesidade mórbida; Equipamentos de segurança para profissionais de saúde. 2. Aquisição de macas hospitalares reforçadas, com: Estrutura robusta em aço inox ou material similar; Capacidade de até 300 kg ou superior; Ajuste</t>
+  </si>
+  <si>
+    <t>3994</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3994/indicacao_no_159.pdf</t>
+  </si>
+  <si>
+    <t>Os vereadores que esta subscrevem, nos termos regimentais, INDICAM, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, e David de Brito Santos, Interventor da Santa Casa de Misericórdia São Francisco de Buritama, solicitando-lhes a gentileza, no sentido de realizarem os estudos necessários, objetivando ver a possibilidade de viabilizar o aproveitamento dos funcionários atualmente vinculados ao Instituto de Olhos do Município, no novo serviço de atendimento especializado que será implementado após a rescisão contratual com o Dr. Nélio Capelanes Carniato, conforme já divulgado e de conhecimento de toda população, através de reportagens e mídias sociais.</t>
+  </si>
+  <si>
+    <t>3995</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3995/indicacao_no_160.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, aos senhores Tiago Luiz de Oliveira, Prefeito Municipal, Michele dos Santos Farina, Diretora do Departamento Municipal de Saúde, e Larissa Aline Medrado de Oliveira, Diretora do Departamento Municipal de Educação, sejam realizados os estudos e tomadas as devidas providências, objetivando que seja implantado anualmente nas escolas do Município, o “Programa Educando com Visão”, numa parceria entre os Departamentos de Educação e de Saúde, onde consiste, primeiramente, na triagem de todos os alunos da rede municipal de ensino por meio de teste de acuidade visual (teste de Snellen), realizado na própria escola, sendo que, os alunos identificados com dificuldades ou inaptidão para enxergar são encaminhados para consultas oftalmológicas mais específicas e completas onde, logo após os resultados dos exames e caso o aluno necessite de óculos de grau, este é oferecido gratuitamente pelo Poder Públ</t>
+  </si>
+  <si>
+    <t>3996</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3996/indicacao_no_161.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, que sejam realizados os estudos e tomadas as devidas providências, juntamente com a Procuradoria Jurídica do Município e demais Departamentos envolvidos, objetivando a regularidade do imóvel onde se encontra instalada o Clube da Terceira Idade de Buritama, cadastrado no CNPJ 00.917.135/0001-16, fundado em 25/10/1995, e situado a Rua General Glicério, nº 1520, para que aquela importante Associação Privada, possa ter documentos comprobatórios de sua sede, e que posteriormente, seus representantes possam buscar ou receber recursos financeiros nas outras esferas governamentais, bem como a formalização de parcerias com o Governo Municipal, visando à realização de melhorias, adequações no espaço físico e o aprimoramento do acolhimento às pessoas da melhor idade. Além disso, permitirá o pleno desenvolvimento de suas atividades culturais, rec</t>
+  </si>
+  <si>
+    <t>4009</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4009/indicacao_no_162.docx</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam tomadas as providências com as tratativas necessárias, objetivando desapropriação de parte do imóvel de propriedade do senhor João Goulart da Silva Lima, popular “João da Vivati”, proporcionando as condições legais para a execução dos serviços de prolongamento da Avenida Frei Marcelo Manília, para interligar ao Conjunto Habitacional Jacintho de Oliveira, e com isto regularizando a passagem que habitualmente já é utilizada pelos moradores.</t>
+  </si>
+  <si>
+    <t>4010</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4010/indicacao_no_163.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora que esta subscreve, nos termos regimentais, considerando o recebimento do Ofício nº 001/2025, do comerciante Arnaldo, do Arnaldo Lanches, Pedido de Apoio em Defesa dos Comerciantes de Buritama, INDICA, por intermédio de Vossa Excelência, aos senhores Tiago Luiz de Oliveira, Prefeito Municipal, e Luiz Gustavo Canteras Scarillo Falotico Correa, Diretor do Departamento Municipal de Turismo, sejam tomadas as providências necessárias, objetivando a realização de eventos alternados tanto no Parque Turístico João Simão Garcia, Prainha, quanto na praça central da cidade, para que não seja beneficiado apenas um comerciante e, sim, todos os demais trabalhadores do ramo.</t>
+  </si>
+  <si>
+    <t>4011</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4011/indicacao_no_164.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores que esta subscrevem, nos termos regimentais, INDICAM, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, para que efetue a realização de estudos técnicos e orçamentários visando à revitalização do Lanchódromo “Atsumi Sugiura”, localizado na Rua Rio Preto, esquina com a Rua Rui Barbosa.</t>
+  </si>
+  <si>
+    <t>4012</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4012/indicacao_no_165.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, nos termos regimentais, INDICA por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam tomadas as providências necessárias para viabilizar a vinda de uma Carreta de Capacitação Profissional ao Município de Buritama, em parceria com instituições como o SENAI, SESC, SEST/SENAT, Fundo Social de Solidariedade de São Paulo, ou outros órgãos e entidades públicas e privadas voltadas à promoção de qualificação profissional.</t>
+  </si>
+  <si>
+    <t>4013</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4013/indicacao_no_166.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, aos senhores Tiago Luiz de Oliveira, Prefeito Municipal, e Luiz Gustavo Canteras Scarillo Falotico Corrêa, Diretor do Departamento Municipal de Turismo, que seja avaliada a possibilidade de destinar parte da receita proveniente do Parque Turístico “João Simão Garcia”, Prainha, para a implantação de iluminação em um dos minicampos localizados naquela área (fotos ilustrativas em anexo), vez que após a revitalização da “Prainha”, observou-se um expressivo aumento na frequência de moradores e visitantes que utilizam o espaço para a prática de atividades esportivas e de lazer. Em especial, atletas amadores têm se deslocado até o local para a prática de futebol e outras modalidades. Entretanto, a ausência de iluminação adequada em um dos minicampos tem limitado o uso do espaço, principalmente no período noturno, prejudicando o aproveitamento pleno da área pública e reduzindo as opções de lazer</t>
+  </si>
+  <si>
+    <t>4014</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4014/indicacao_no_167.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, aos senhores Tiago Luiz de Oliveira, Prefeito Municipal, e Michele dos Santos Farina, Diretora do Departamento Municipal de Saúde, que sejam realizados os estudos e tomadas as devidas providências e, caso seja o interesse do município de Buritama, sobre as inscrições que ainda estão abertas, no sistema Transferegov.br para que Estados, Municípios, Entidades Filantrópicas e Hospitais Privados contratualizados com o SUS, apresentem suas propostas por Carta-consulta eletrônica, disponível no próprio sistema, com o intuito de que estes órgãos possam estar realizando o financiamento de obras nos estabelecimentos públicos de saúde no SUS, como implantação, ampliação ou modernização, ou financiar a aquisição de equipamentos e veículos de transporte sanitário, através do Fundo de Investimento em Infraestrutura Social-Saúde - FIIS Saúde.</t>
+  </si>
+  <si>
+    <t>4028</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4028/indicacao_no_168.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, que sejam adotadas medidas de reforço da segurança pública na Praça da Matriz de Buritama, especialmente às terças-feiras, durante a realização da Feira Livre, e aos fins de semana, em razão de ocorrências recentes de brigas e uso de drogas no local, amplamente divulgadas em redes sociais e pela imprensa regional.</t>
+  </si>
+  <si>
+    <t>4029</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4029/indicacao_no_169.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam tomadas as providências necessárias e desenvolvidos os devidos estudos, objetivando a elaboração e o envio à esta Casa Legislativa de um Projeto de Lei para instituir o Programa IPTU Solar no Município de Buritama, destinado a conceder desconto no Imposto Predial e Territorial Urbano (IPTU) aos imóveis que instalarem sistema de energia solar fotovoltaica.</t>
+  </si>
+  <si>
+    <t>4030</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4030/indicacao_no_170.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, aos senhores Tiago Luiz de Oliveira, Prefeito Municipal, e Ettore Zanin, Diretor Executivo do SAAEMB-Serviço Autônomo de Água, Esgoto e Meio Ambiente do Município de Buritama, sejam tomadas as providências necessárias, objetivando determinar à equipe competente, a realização de estudos de viabilidade técnica e financeira para a elaboração de um Projeto de Lei que vise instituir a isenção da tarifa de água e esgoto para templos de qualquer culto e entidades de assistência social sem fins lucrativos, estabelecidas no município.</t>
+  </si>
+  <si>
+    <t>4031</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4031/indicacao_no_171.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, que determine a realização de estudos para a criação do Programa Municipal “Bíblia para Todos”, com o objetivo de organizar o recebimento de doações voluntárias de exemplares da Bíblia Sagrada e sua posterior disponibilização gratuita aos munícipes que manifestarem interesse.</t>
+  </si>
+  <si>
+    <t>4032</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4032/indicacao_no_172.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, à senhora, Larissa Paula do Nascimento Cardoso da Fonseca, Secretária Adjunta da Saúde, que sejam adotadas as providências necessárias para garantir ou, se já não estiver sendo feito, para que se passe a incluir nos vencimentos de todos os servidores que atuam nos mutirões de limpeza e na coleta de resíduos urbanos o pagamento do adicional de insalubridade.</t>
+  </si>
+  <si>
+    <t>4033</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4033/indicacao_no_173.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, que determine a realização de estudos técnicos e orçamentários para a instalação de um letreiro turístico com a frase “Eu amo Buritama” na Rotatória Rubens Nicoletti, localizada na confluência das Avenida Benedito Vieira Garcia e Antônio Alves Teixeira.</t>
+  </si>
+  <si>
+    <t>4050</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4050/indicacao_no_174.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, aos senhores Tiago Luiz de Oliveira, Prefeito Municipal, e Milson Aparecido Polizel, servidor municipal designado como Diretor do Departamento Municipal de Agricultura e Meio Ambiente, através do Decreto nº 5.232, de 20/05/2025, que sejam realizados os estudos e tomadas as devidas providências, objetivando que o município de Buritama realize um grande mutirão de plantio de árvores nativas e frutíferas, do bioma Cerrado e Mata Atlântica, nas áreas verdes provenientes de projetos imobiliários em nosso município onde, segundo informação oficial obtida através do Ofício nº 19/2022-GP.</t>
+  </si>
+  <si>
+    <t>4051</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4051/indicacao_no_175.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, aos senhores Tiago Luiz de Oliveira, Prefeito Municipal, e Milson Aparecido Polizel, servidor municipal designado como Diretor do Departamento Municipal de Agricultura e Meio Ambiente, através do Decreto nº 5.232, de 20/05/2025, que sejam realizados os estudos e tomadas as devidas providências, objetivando que o município de Buritama crie e operacionalize viveiros de mudas de árvores nativas e frutíferas, do bioma Cerrado e Mata Atlântica, nas instalações onde funcionava a Associação Buritamense de Produtores Rurais, situada na Estrada Municipal Realino Feroldi, Km2, foto abaixo, para que possam ser doadas a qualquer munícipe que queira plantar em sua residência, chácara, ou em outra propriedade no município, como também, para serem doadas as pessoas que são condenadas e que necessitam cumprir judicialmente algum tipo de recuperação ambiental, respeitando as legislações vigentes.</t>
+  </si>
+  <si>
+    <t>4052</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4052/indicacao_no_176.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal de Buritama, que sejam tomadas as providências necessárias e desenvolvidos os devidos estudos, objetivando a realização de manutenção geral na Quadra de Esportes localizada na Praça Aparecido Rodrigues Moutinho, contemplando especialmente a recuperação e pintura do piso da quadra, a substituição ou conserto das traves dos gols, a reforma e reforço do alambrado e a pintura e revitalização geral do espaço esportivo, bem como no sistema de lazer situado na Rua Ayrton Senna da Silva, esquina com a Rua Joaquim Dias Sales, no Conjunto Habitacional Rubens Aparecido Severino, neste Município.</t>
+  </si>
+  <si>
+    <t>4053</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4053/indicacao_no_177.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, aos senhores Tiago Luiz de Oliveira - Prefeito Municipal, e Milson Aparecido Polizel - respondendo pelo Departamento Municipal de Agricultura e Meio Ambiente, para que sejam realizados os estudos necessários, legais e tomadas as devidas providências, objetivando a implantação de um Parque Ecológico no entorno da “Lagoa do Izair” e adjacências, contemplada com infraestrutura adequada, como pista de caminhada em volta da lagoa, quiosques, playground, bosque com área arborizada, quadra iluminada para a prática de esportes, palco para eventos culturais, enfim, proporcionando vários benefícios a toda população da nossa comunidade, sendo ele um espaço público de grande potencial para o desenvolvimento de atividades de lazer, de esportes, de convivência familiar e de contato direto com a natureza, trazendo um bem-estar social e melhoria na qualidade de vida dos nossos cidadãos e, ainda, onde o</t>
+  </si>
+  <si>
+    <t>4054</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4054/indicacao_no_178.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, que sejam realizados os estudos e tomadas as devidas providências, caso seja de interesse da municipalidade, com relação ao Edital de Chamada Pública de Projetos SEE 001/2025, que a empresa Neoenergia Elektro, lançou referente a destinação de R$ 36 milhões a projetos de eficiência energética, onde as inscrições das propostas poderão ser realizadas até o dia 13 de janeiro de 2026, e devem seguir os critérios técnicos e comerciais definidos no edital que pode ser acessado através do site www.neoenergia.com.</t>
+  </si>
+  <si>
+    <t>4055</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4055/indicacao_no_179.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, para que sejam realizados os devidos estudos e averiguada a possibilidade e legalidade de promover a instalação de uma usina de energia solar fotovoltaica no antigo lixão desativado da cidade, situado na Estrada Vicinal Francisco José Feroldi, Km 4, com o objetivo de atender e suprir as demandas de energia dos prédios públicos do município, das suas autarquias e do Parque Turístico João Simão Garcia, Prainha, trazendo assim economicidade aos cofres públicos e gerando impactos positivos ao meio ambiente, sendo que uma usina de energia solar fotovoltaica produz somente energia limpa e renovável. Cada vez mais, bancos e órgãos públicos têm criados programas e abertos linhas de crédito aos municípios para o financiamento deste tipo de projeto.</t>
+  </si>
+  <si>
+    <t>4056</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4056/indicacao_no_180.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, que sejam tomadas as providências necessárias e realizados os devidos estudos, objetivando a cessão de um espaço público adequado para o armazenamento e organização de móveis doados ao Projeto Social “Móveis que Transformam”, preferencialmente com o fornecimento de energia elétrica.</t>
+  </si>
+  <si>
     <t>3651</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>ANTONIO CARLOS, ADRIANO TUSTÃO, ANDRÉ DO ZÉ CARLÃO, ANÍZIO, CARLINHO DO DIVINO, CRISTINA NOBRE, DR. WALLISON, FEBEM, FERNANDA MACENO, MIKAEL DISK FRETE, TONHÃO DA EDITORA</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3651/mocao_de_apoio_-_req.47.2025_1.pdf</t>
   </si>
   <si>
     <t>Por força do Requerimento nº 47/25, de autoria do vereador Antonio Carlos de Freitas, aprovado por unanimidade, na Sessão Ordinária do dia 07 de abril de 2025, a Câmara Municipal de Buritama/SP, expede a presente MOÇÃO DE APOIO à APAMPESP - Associação de Professores Aposentados do Magistério Público do Estado de São Paulo, de Araçatuba, dirigida ao Supremo Tribunal Federal, objetivando a célere decisão final sobre a Ação Direta de Inconstitucionalidade (ADI) 6.255, que inclui o julgamento conjunto de outras ações semelhantes relacionadas à Reforma da Previdência (EC 103/2019).</t>
   </si>
   <si>
     <t>3803</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3803/mocao_de_pesar_-_neola_barbosa_guerbas.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, à família, pelo passamento da senhora NEOLA BARBOSA GUERBAS, com 87 anos, ocorrido no domingo, 06 de julho de 2025, cujo passamento deixou de luto os nossos corações.</t>
   </si>
   <si>
     <t>3868</t>
   </si>
   <si>
     <t>VTO</t>
   </si>
   <si>
     <t>Veto Aposto Pelo Prefeito</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3868/oficio_comunicando_sobre_veto_parcial_ao_projeto_de_lei_no_08_de_31_de_julho_de_2025._1.pdf</t>
   </si>
   <si>
     <t>Comunica VETO PARCIAL ao Autógrafo de Lei nº 07 – de 05 de agosto de 2025 (Projeto de Lei nº 08, de 31 de julho de 2025).</t>
+  </si>
+  <si>
+    <t>3978</t>
+  </si>
+  <si>
+    <t>PLS</t>
+  </si>
+  <si>
+    <t>Projeto De Lei Substitutivo</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3978/projeto_de_lei_complementar_no_10_-_alteracoes.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre alteração do § 1º do artigo 290 da Lei Municipal nº 2.024, de 28 de setembro de 1991, incluído pela Lei Complementar nº 246, de 10 de julho de 2025, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3979</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3979/pl_93-alterado.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -5159,56 +6034,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3485/pl01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3486/pl02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3487/pl03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3488/pl04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3489/pl05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3490/pl06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3491/pl07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3510/pl08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3511/pl09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3512/pl10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3513/pl11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3520/pl12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3521/pl13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3522/pl14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3542/pl15-assinado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3543/pl16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3561/pl_17_ok.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3562/pl18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3563/pl19-assinado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3564/pl20_ok.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3565/pl_21_ok.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3567/pl22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3568/pl23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3582/pl24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3583/pl25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3584/pl26_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3605/pl27_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3606/pl28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3607/pl29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3608/pl30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3609/pl31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3648/projeto_de_lei_no_33_de_07_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3649/projeto_de_lei_no_34_de_09_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3650/projeto_de_lei_no_35_de_09_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3664/pl36--.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3693/pl37_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3694/pl38_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3704/pl39--.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3706/pl40_1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3707/pl41_1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3708/pl42_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3709/pl43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3710/pl44--.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3711/pl45--.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3727/pl46-.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3728/pl47-.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3729/pl48-.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3730/pl49.-.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3731/pl50-.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3732/pl51-.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3767/pl52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3768/pl53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3769/pl54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3770/pl55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3794/pl56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3795/pl57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3796/pl58.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3797/pl59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3799/projeto_de_lei_no_60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3800/projeto_de_lei_no_61.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3804/pl62_1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3805/pl63.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3806/pl64.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3807/pl65.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3808/pl66.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3809/pl67.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3828/pl68_2.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3829/pl69.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3830/pl70.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3831/pl71.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3847/pl72.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3870/pl73.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3871/pl74.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3872/pl75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3873/pl76_1.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3874/pl77_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3875/pl78.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3876/pl79.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3896/pl80.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3897/pl81.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3898/pl82.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3899/pl83.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3900/pl84.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3917/pl85.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3918/pl86.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3919/pl87.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3952/pl88.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3953/pl89.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3960/pl90.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3961/pl91.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3962/pl92.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3963/pl_93.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3492/pl01-cam.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3493/pl02-cam.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3652/projeto_de_lei_n_03_1.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3798/projeto_de_lei_no_04.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3822/projeto_de_lei_no_05.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3823/projeto_de_lei_no_06.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3824/projeto_de_lei_no_07.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3825/projeto_de_lei_no_08.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3845/projeto_de_lei_no_09.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3869/projeto_de_lei_no_10_mikael.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3915/projeto_de_lei_no_11.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3951/pl12.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3949/projeto_de_lei_no_13.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3484/plc01.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3515/plc02.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3523/plc03.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3566/plc04.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3610/plc05.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3612/plc07.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3793/plcomplementar_no_09.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3964/projeto_de_lei_complementar_no_10_-_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3965/projeto_de_lei_complementar_no_11_-.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3494/plc01-cam.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3604/projeto_de_resolucao_no_01_11.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3826/projeto_de_resolucao_no_05.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3916/projeto_de_resolucao_no_06.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3717/proposta_de_emenda_no_01.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3508/requerimento_no_01.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3509/requerimento_no_02.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3516/requerimento_no_03.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3517/requerimento_no_04.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3518/requerimento_no_05.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3532/requerimento_no_06.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3533/requerimento_no_07.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3534/requerimento_no_08.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3552/requerimento_no_14.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3553/requerimento_no_15.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3554/requerimento_no_16.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3555/requerimento_no_17.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3556/requerimento_no_18.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3557/requerimento_no_19.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3558/requerimento_no_20.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3559/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3560/requerimento_no_22_retirado_1.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3574/requerimento_no_27_1.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3575/requerimento_no_28_1.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3576/requerimento_no_29_1.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3577/requerimento_no_30_1.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3578/requerimento_no_31_1.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3579/requerimento_no_32_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3580/requerimento_no_33_1.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3581/requerimento_no_34_1.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3585/requerimento_no_35_1.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3588/requerimento_no_38_1.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3600/requerimento_no_42_1.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3601/requerimento_no_43_1.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3602/requerimento_no_44_1.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3627/requerimento_no_45_1.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3628/requerimento_no_46_1.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3629/requerimento_no_47_1.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3630/requerimento_no_48_1.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3631/requerimento_no_49_1.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3632/requerimento_no_50_1.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3633/requerimento_no_51_1.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3634/requerimento_no_52_1.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3635/requerimento_no_53_1.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3636/requerimento_no_54_1.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3637/requerimento_no_55_1.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3638/requerimento_no_56_1.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3639/requerimento_no_57_1.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3646/requerimento_no_64_1.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3647/requerimento_no_65_1.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3657/requerimento_no_66.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3658/requerimento_no_67.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3659/requerimento_no_68.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3660/requerimento_no_69.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3669/requerimento_no_77.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3679/requerimento_no_79_1.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3680/requerimento_no_80.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3681/requerimento_no_81_1.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3682/requerimento_no_82_1.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3683/requerimento_no_83_1.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3684/requerimento_no_84_11.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3685/requerimento_no_85_1.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3695/requerimento_no_86_1.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3699/requerimento_no_89_1.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3700/requerimento_no_90_1.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3701/requerimento_no_91_1.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3718/requerimento_no_92.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3719/requerimento_no_93_1.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3747/requerimento_no_101.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3748/requerimento_no_102.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3749/requerimento_no_103.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3750/requerimento_no_104.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3751/requerimento_no_105.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3752/requerimento_no_106.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3753/requerimento_no_107.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3755/requerimento_no_108.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3756/requerimento_no_109.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3758/requerimento_no_111.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3759/requerimento_no_112.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3779/requerimento_no_114.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3780/requerimento_no_115.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3781/requerimento_no_116.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3782/requerimento_no_117_1.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3783/requerimento_no_118.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3784/requerimento_no_119.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3785/requerimento_no_120.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3786/requerimento_no_121.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3787/requerimento_no_122.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3818/requerimento_no_126.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3819/requerimento_no_127.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3820/requerimento_no_128.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3821/requerimento_no_129.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3853/requerimento_no_144.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3854/requerimento_no_145.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3855/requerimento_no_146.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3856/requerimento_no_147.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3857/requerimento_no_148.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3858/requerimento_no_149.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3881/requerimento_no_152.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3882/requerimento_no_153.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3883/requerimento_no_154.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3884/requerimento_no_155.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3885/requerimento_no_156.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3886/requerimento_no_157.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3887/requerimento_no_158.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3888/requerimento_no_159.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3889/requerimento_no_160.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3890/requerimento_no_161.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3901/requerimento_no_167.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3905/requerimento_no_171.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3926/requerimento_no_177.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3927/requerimento_no_178.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3928/requerimento_no_179.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3929/requerimento_no_180.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3930/requerimento_no_181.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3931/requerimento_no_182.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3935/requerimento_no_186.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3954/requerimento_no_187.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3955/requerimento_no_188.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3495/indicacao_no_01.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3496/indicacao_no_02.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3497/indicacao_no_03.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3498/indicacao_no_04.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3499/indicacao_no_05.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3500/indicacao_no_06.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3501/indicacao_no_07.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3502/indicacao_no_08.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3503/indicacao_no_09.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3504/indicacao_no_10.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3505/indicacao_no_11.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3506/indicacao_no_12.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3507/indicacao_no_13.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3519/indicacao_no_14.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3524/indicacao_no_15.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3525/indicacao_no_16.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3526/indicacao_no_17.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3527/indicacao_no_18.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3528/indicacao_no_19.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3529/indicacao_no_20.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3530/indicacao_no_21.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3531/indicacao_no_22.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3535/indicacao_no_23.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3536/indicacao_no_24.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3544/indicacao_no_25.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3545/indicacao_no_26.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3546/indicacao_no_27.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3547/indicacao_no_28.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3548/indicacao_no_29.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3549/indicacao_no_30.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3550/indicacao_no_31.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3551/indicacao_no_32.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3573/indicacao_no_33_1.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3592/indicacao_no_34_1.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3593/indicacao_no_35_1.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3594/indicacao_no_36_1.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3595/indicacao_no_37_1.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3596/indicacao_no_38.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3597/indicacao_no_39_1.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3598/indicacao_no_40_1.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3599/indicacao_no_41_1.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3603/indicacao_no_42_1.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3616/indicacao_no_43.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3617/indicacao_no_44.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3618/indicacao_no_45.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3619/indicacao_no_46.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3620/indicacao_no_47.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3621/indicacao_no_48.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3622/indicacao_no_49.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3623/indicacao_no_50.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3624/indicacao_no_51.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3625/indicacao_no_52.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3626/indicacao_no_53.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3653/indicacao_no_54.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3654/indicacao_no_55.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3655/indicacao_no_56.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3656/indicacao_no_57.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3671/indicacao_no_58.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3672/indicacao_no_59.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3673/indicacao_no_60.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3674/indicacao_no_61.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3675/indicacao_no_62.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3676/indicacao_no_63.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3677/indicacao_no_64.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3678/indicacao_no_65.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3686/indicacao_no_66.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3687/indicacao_no_67.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3688/indicacao_no_68_1.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3689/indicacao_no_69_1.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3690/indicacao_no_70.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3691/indicacao_no_71_1.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3692/indicacao_no_72.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3698/indicacao_no_73.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3702/indicacao_no_74_1.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3703/indicacao_no_75_1.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3712/indicacao_no_76_1.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3713/indicacao_no_77_1.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3714/indicacao_no_78_1.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3715/indicacao_no_79_1.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3716/indicacao_no_80_1.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3733/indicacao_no_81.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3734/indicacao_no_82.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3735/indicacao_no_83.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3736/indicacao_no_84.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3737/indicacao_no_85.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3738/indicacao_no_86.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3739/indicacao_no_87.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3740/indicacao_no_88.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3741/indicacao_no_89.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3742/indicacao_no_90.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3743/indicacao_no_91.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3744/indicacao_no_92.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3746/indicacao_no_94.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3760/indicacao_no_95.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3761/indicacao_no_96.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3762/indicacao_no_97.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3763/indicacao_no_98.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3764/indicacao_no_99.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3765/indicacao_no_100.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3771/indicacao_no_101.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3772/indicacao_no_102.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3773/indicacao_no_103.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3774/indicacao_no_104.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3775/indicacao_no_105.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3776/indicacao_no_106.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3777/indicacao_no_107.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3778/indicacao_no_108.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3810/indicacao_no_109.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3811/indicacao_no_110.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3812/indicacao_no_111.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3813/indicacao_no_112.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3814/indicacao_no_113.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3815/indicacao_no_114.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3816/indicacao_no_115.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3817/indicacao_no_116.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3860/indicacao_no_117.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3861/indicacao_no_118.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3862/indicacao_no_119.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3863/indicacao_no_120.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3864/indicacao_no_121.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3865/indicacao_no_122.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3866/indicacao_no_123.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3878/indicacao_no_125.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3879/indicacao_no_126.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3880/indicacao_no_127.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3906/indicacao_no_128.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3907/indicacao_no_129.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3908/indicacao_no_130.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3920/indicacao_no_131.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3921/indicacao_no_132.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3922/indicacao_no_133.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3923/indicacao_no_134.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3924/indicacao_no_135.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3925/indicacao_no_136.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3936/indicacao_no_137.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3937/indicacao_no_138.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3938/indicacao_no_139.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3939/indicacao_no_140.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3940/indicacao_no_141.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3941/indicacao_no_142.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3942/indicacao_no_143.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3943/indicacao_no_144.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3944/indicacao_no_145.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3945/indicacao_no_146.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3946/indicacao_no_147.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3947/indicacao_no_148.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3948/indicacao_no_149.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3950/indicacao_no_150_.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3958/indicacao_no_151.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3959/indicacao_no_152.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3651/mocao_de_apoio_-_req.47.2025_1.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3803/mocao_de_pesar_-_neola_barbosa_guerbas.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3868/oficio_comunicando_sobre_veto_parcial_ao_projeto_de_lei_no_08_de_31_de_julho_de_2025._1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3485/pl01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3486/pl02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3487/pl03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3488/pl04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3489/pl05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3490/pl06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3491/pl07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3510/pl08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3511/pl09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3512/pl10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3513/pl11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3520/pl12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3521/pl13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3522/pl14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3542/pl15-assinado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3543/pl16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3561/pl_17_ok.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3562/pl18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3563/pl19-assinado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3564/pl20_ok.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3565/pl_21_ok.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3567/pl22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3568/pl23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3582/pl24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3583/pl25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3584/pl26_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3605/pl27_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3606/pl28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3607/pl29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3608/pl30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3609/pl31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3648/projeto_de_lei_no_33_de_07_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3649/projeto_de_lei_no_34_de_09_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3650/projeto_de_lei_no_35_de_09_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3664/pl36--.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3693/pl37_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3694/pl38_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3704/pl39--.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3706/pl40_1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3707/pl41_1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3708/pl42_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3709/pl43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3710/pl44--.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3711/pl45--.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3727/pl46-.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3728/pl47-.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3729/pl48-.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3730/pl49.-.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3731/pl50-.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3732/pl51-.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3767/pl52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3768/pl53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3769/pl54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3770/pl55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3794/pl56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3795/pl57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3796/pl58.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3797/pl59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3799/projeto_de_lei_no_60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3800/projeto_de_lei_no_61.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3804/pl62_1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3805/pl63.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3806/pl64.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3807/pl65.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3808/pl66.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3809/pl67.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3828/pl68_2.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3829/pl69.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3830/pl70.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3831/pl71.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3847/pl72.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3870/pl73.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3871/pl74.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3872/pl75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3873/pl76_1.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3874/pl77_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3875/pl78.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3876/pl79.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3896/pl80.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3897/pl81.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3898/pl82.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3899/pl83.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3900/pl84.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3917/pl85.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3918/pl86.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3919/pl87.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3952/pl88.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3953/pl89.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3960/pl90.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3961/pl91.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3962/pl92.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3963/pl_93.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3980/pl_94.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3981/pl_95.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3982/pl96.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3983/pl_97.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3984/pl_98.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4002/pl99.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4003/pl100.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4004/pl101.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4005/pl102.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4006/pl103.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4007/pl104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4008/pl105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4020/pl106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4026/pl107_correto.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4043/pl108.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4044/pl_109_alterado.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4045/pl110-anulacao.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4058/pl111.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4059/pl112.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3492/pl01-cam.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3493/pl02-cam.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3652/projeto_de_lei_n_03_1.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3798/projeto_de_lei_no_04.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3822/projeto_de_lei_no_05.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3823/projeto_de_lei_no_06.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3824/projeto_de_lei_no_07.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3825/projeto_de_lei_no_08.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3845/projeto_de_lei_no_09.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3869/projeto_de_lei_no_10_mikael.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3915/projeto_de_lei_no_11.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3951/pl12.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3949/projeto_de_lei_no_13.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3970/projeto_de_lei_no_14.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4047/projeto_de_lei_no_16.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3484/plc01.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3515/plc02.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3523/plc03.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3566/plc04.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3610/plc05.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3612/plc07.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3793/plcomplementar_no_09.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3964/projeto_de_lei_complementar_no_10_-_1.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3965/projeto_de_lei_complementar_no_11_-.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4046/projeto_de_lei_complementar_no_12.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3494/plc01-cam.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3604/projeto_de_resolucao_no_01_11.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3826/projeto_de_resolucao_no_05.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3916/projeto_de_resolucao_no_06.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4048/projeto_de_resolucao_no_07.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4049/projeto_de_resolucao_no_08.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3717/proposta_de_emenda_no_01.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3508/requerimento_no_01.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3509/requerimento_no_02.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3516/requerimento_no_03.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3517/requerimento_no_04.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3518/requerimento_no_05.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3532/requerimento_no_06.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3533/requerimento_no_07.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3534/requerimento_no_08.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3552/requerimento_no_14.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3553/requerimento_no_15.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3554/requerimento_no_16.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3555/requerimento_no_17.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3556/requerimento_no_18.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3557/requerimento_no_19.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3558/requerimento_no_20.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3559/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3560/requerimento_no_22_retirado_1.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3574/requerimento_no_27_1.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3575/requerimento_no_28_1.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3576/requerimento_no_29_1.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3577/requerimento_no_30_1.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3578/requerimento_no_31_1.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3579/requerimento_no_32_1.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3580/requerimento_no_33_1.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3581/requerimento_no_34_1.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3585/requerimento_no_35_1.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3588/requerimento_no_38_1.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3600/requerimento_no_42_1.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3601/requerimento_no_43_1.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3602/requerimento_no_44_1.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3627/requerimento_no_45_1.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3628/requerimento_no_46_1.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3629/requerimento_no_47_1.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3630/requerimento_no_48_1.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3631/requerimento_no_49_1.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3632/requerimento_no_50_1.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3633/requerimento_no_51_1.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3634/requerimento_no_52_1.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3635/requerimento_no_53_1.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3636/requerimento_no_54_1.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3637/requerimento_no_55_1.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3638/requerimento_no_56_1.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3639/requerimento_no_57_1.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3646/requerimento_no_64_1.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3647/requerimento_no_65_1.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3657/requerimento_no_66.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3658/requerimento_no_67.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3659/requerimento_no_68.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3660/requerimento_no_69.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3669/requerimento_no_77.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3679/requerimento_no_79_1.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3680/requerimento_no_80.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3681/requerimento_no_81_1.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3682/requerimento_no_82_1.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3683/requerimento_no_83_1.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3684/requerimento_no_84_11.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3685/requerimento_no_85_1.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3695/requerimento_no_86_1.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3699/requerimento_no_89_1.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3700/requerimento_no_90_1.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3701/requerimento_no_91_1.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3718/requerimento_no_92.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3719/requerimento_no_93_1.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3747/requerimento_no_101.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3748/requerimento_no_102.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3749/requerimento_no_103.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3750/requerimento_no_104.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3751/requerimento_no_105.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3752/requerimento_no_106.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3753/requerimento_no_107.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3755/requerimento_no_108.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3756/requerimento_no_109.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3758/requerimento_no_111.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3759/requerimento_no_112.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3779/requerimento_no_114.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3780/requerimento_no_115.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3781/requerimento_no_116.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3782/requerimento_no_117_1.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3783/requerimento_no_118.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3784/requerimento_no_119.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3785/requerimento_no_120.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3786/requerimento_no_121.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3787/requerimento_no_122.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3818/requerimento_no_126.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3819/requerimento_no_127.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3820/requerimento_no_128.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3821/requerimento_no_129.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3853/requerimento_no_144.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3854/requerimento_no_145.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3855/requerimento_no_146.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3856/requerimento_no_147.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3857/requerimento_no_148.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3858/requerimento_no_149.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3881/requerimento_no_152.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3882/requerimento_no_153.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3883/requerimento_no_154.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3884/requerimento_no_155.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3885/requerimento_no_156.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3886/requerimento_no_157.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3887/requerimento_no_158.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3888/requerimento_no_159.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3889/requerimento_no_160.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3890/requerimento_no_161.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3901/requerimento_no_167.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3905/requerimento_no_171.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3926/requerimento_no_177.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3927/requerimento_no_178.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3928/requerimento_no_179.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3929/requerimento_no_180.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3930/requerimento_no_181.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3931/requerimento_no_182.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3935/requerimento_no_186.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3954/requerimento_no_187.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3955/requerimento_no_188.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3972/requerimento_no_192.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3974/requerimento_no_194.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3987/requerimento_no_200.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3988/requerimento_no_201.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3989/requerimento_no_202.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3990/requerimento_no_203.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3991/requerimento_no_204.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4015/requerimento_no_210.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4016/requerimento_no_211.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4017/requerimento_no_212.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4018/requerimento_no_213.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4019/requerimento_no_214.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4034/requerimento_no_221.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4035/requerimento_no_222.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4036/requerimento_no_223.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4037/requerimento_no_224.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4040/requerimento_no_227.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4041/requerimento_no_228.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4042/requerimento_no_229.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3495/indicacao_no_01.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3496/indicacao_no_02.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3497/indicacao_no_03.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3498/indicacao_no_04.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3499/indicacao_no_05.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3500/indicacao_no_06.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3501/indicacao_no_07.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3502/indicacao_no_08.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3503/indicacao_no_09.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3504/indicacao_no_10.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3505/indicacao_no_11.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3506/indicacao_no_12.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3507/indicacao_no_13.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3519/indicacao_no_14.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3524/indicacao_no_15.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3525/indicacao_no_16.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3526/indicacao_no_17.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3527/indicacao_no_18.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3528/indicacao_no_19.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3529/indicacao_no_20.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3530/indicacao_no_21.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3531/indicacao_no_22.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3535/indicacao_no_23.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3536/indicacao_no_24.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3544/indicacao_no_25.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3545/indicacao_no_26.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3546/indicacao_no_27.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3547/indicacao_no_28.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3548/indicacao_no_29.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3549/indicacao_no_30.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3550/indicacao_no_31.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3551/indicacao_no_32.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3573/indicacao_no_33_1.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3592/indicacao_no_34_1.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3593/indicacao_no_35_1.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3594/indicacao_no_36_1.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3595/indicacao_no_37_1.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3596/indicacao_no_38.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3597/indicacao_no_39_1.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3598/indicacao_no_40_1.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3599/indicacao_no_41_1.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3603/indicacao_no_42_1.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3616/indicacao_no_43.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3617/indicacao_no_44.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3618/indicacao_no_45.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3619/indicacao_no_46.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3620/indicacao_no_47.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3621/indicacao_no_48.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3622/indicacao_no_49.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3623/indicacao_no_50.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3624/indicacao_no_51.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3625/indicacao_no_52.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3626/indicacao_no_53.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3653/indicacao_no_54.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3654/indicacao_no_55.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3655/indicacao_no_56.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3656/indicacao_no_57.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3671/indicacao_no_58.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3672/indicacao_no_59.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3673/indicacao_no_60.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3674/indicacao_no_61.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3675/indicacao_no_62.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3676/indicacao_no_63.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3677/indicacao_no_64.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3678/indicacao_no_65.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3686/indicacao_no_66.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3687/indicacao_no_67.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3688/indicacao_no_68_1.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3689/indicacao_no_69_1.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3690/indicacao_no_70.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3691/indicacao_no_71_1.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3692/indicacao_no_72.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3698/indicacao_no_73.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3702/indicacao_no_74_1.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3703/indicacao_no_75_1.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3712/indicacao_no_76_1.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3713/indicacao_no_77_1.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3714/indicacao_no_78_1.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3715/indicacao_no_79_1.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3716/indicacao_no_80_1.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3733/indicacao_no_81.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3734/indicacao_no_82.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3735/indicacao_no_83.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3736/indicacao_no_84.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3737/indicacao_no_85.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3738/indicacao_no_86.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3739/indicacao_no_87.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3740/indicacao_no_88.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3741/indicacao_no_89.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3742/indicacao_no_90.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3743/indicacao_no_91.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3744/indicacao_no_92.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3746/indicacao_no_94.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3760/indicacao_no_95.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3761/indicacao_no_96.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3762/indicacao_no_97.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3763/indicacao_no_98.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3764/indicacao_no_99.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3765/indicacao_no_100.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3771/indicacao_no_101.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3772/indicacao_no_102.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3773/indicacao_no_103.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3774/indicacao_no_104.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3775/indicacao_no_105.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3776/indicacao_no_106.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3777/indicacao_no_107.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3778/indicacao_no_108.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3810/indicacao_no_109.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3811/indicacao_no_110.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3812/indicacao_no_111.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3813/indicacao_no_112.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3814/indicacao_no_113.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3815/indicacao_no_114.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3816/indicacao_no_115.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3817/indicacao_no_116.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3860/indicacao_no_117.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3861/indicacao_no_118.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3862/indicacao_no_119.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3863/indicacao_no_120.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3864/indicacao_no_121.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3865/indicacao_no_122.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3866/indicacao_no_123.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3877/indicacao_no_124.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3878/indicacao_no_125.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3879/indicacao_no_126.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3880/indicacao_no_127.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3906/indicacao_no_128.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3907/indicacao_no_129.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3908/indicacao_no_130.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3920/indicacao_no_131.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3921/indicacao_no_132.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3922/indicacao_no_133.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3923/indicacao_no_134.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3924/indicacao_no_135.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3925/indicacao_no_136.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3936/indicacao_no_137.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3937/indicacao_no_138.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3938/indicacao_no_139.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3939/indicacao_no_140.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3940/indicacao_no_141.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3941/indicacao_no_142.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3942/indicacao_no_143.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3943/indicacao_no_144.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3944/indicacao_no_145.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3945/indicacao_no_146.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3946/indicacao_no_147.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3947/indicacao_no_148.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3948/indicacao_no_149.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3950/indicacao_no_150_.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3958/indicacao_no_151.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3959/indicacao_no_152.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3968/indicacao_no_155__retirada_pelo_autor_.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3994/indicacao_no_159.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3995/indicacao_no_160.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3996/indicacao_no_161.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4009/indicacao_no_162.docx" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4010/indicacao_no_163.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4011/indicacao_no_164.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4012/indicacao_no_165.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4013/indicacao_no_166.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4014/indicacao_no_167.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4028/indicacao_no_168.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4029/indicacao_no_169.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4030/indicacao_no_170.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4031/indicacao_no_171.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4032/indicacao_no_172.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4033/indicacao_no_173.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4050/indicacao_no_174.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4051/indicacao_no_175.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4052/indicacao_no_176.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4053/indicacao_no_177.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4054/indicacao_no_178.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4055/indicacao_no_179.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4056/indicacao_no_180.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3651/mocao_de_apoio_-_req.47.2025_1.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3803/mocao_de_pesar_-_neola_barbosa_guerbas.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3868/oficio_comunicando_sobre_veto_parcial_ao_projeto_de_lei_no_08_de_31_de_julho_de_2025._1.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3978/projeto_de_lei_complementar_no_10_-_alteracoes.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3979/pl_93-alterado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H480"/>
+  <dimension ref="A1:H570"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="175.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="161.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -7631,10076 +8506,12416 @@
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
         <v>12</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>381</v>
       </c>
       <c r="H94" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>383</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>10</v>
+        <v>384</v>
       </c>
       <c r="D95" t="s">
-        <v>384</v>
+        <v>11</v>
       </c>
       <c r="E95" t="s">
+        <v>12</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="F95" t="s">
+      <c r="H95" t="s">
         <v>386</v>
-      </c>
-[...4 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
+        <v>387</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>388</v>
+      </c>
+      <c r="D96" t="s">
+        <v>11</v>
+      </c>
+      <c r="E96" t="s">
+        <v>12</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" s="1" t="s">
         <v>389</v>
       </c>
-      <c r="B96" t="s">
-[...14 lines deleted...]
-      <c r="G96" s="1" t="s">
+      <c r="H96" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>391</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
         <v>392</v>
       </c>
-      <c r="B97" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D97" t="s">
-        <v>384</v>
+        <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>385</v>
+        <v>12</v>
       </c>
       <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" s="1" t="s">
         <v>393</v>
       </c>
-      <c r="G97" s="1" t="s">
+      <c r="H97" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>395</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
         <v>396</v>
       </c>
-      <c r="B98" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D98" t="s">
-        <v>384</v>
+        <v>11</v>
       </c>
       <c r="E98" t="s">
-        <v>385</v>
+        <v>12</v>
       </c>
       <c r="F98" t="s">
-        <v>393</v>
+        <v>13</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>397</v>
       </c>
       <c r="H98" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>399</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>29</v>
+        <v>400</v>
       </c>
       <c r="D99" t="s">
-        <v>384</v>
+        <v>11</v>
       </c>
       <c r="E99" t="s">
-        <v>385</v>
+        <v>12</v>
       </c>
       <c r="F99" t="s">
-        <v>400</v>
+        <v>13</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>401</v>
       </c>
       <c r="H99" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>403</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>33</v>
+        <v>404</v>
       </c>
       <c r="D100" t="s">
-        <v>384</v>
+        <v>11</v>
       </c>
       <c r="E100" t="s">
-        <v>385</v>
+        <v>12</v>
       </c>
       <c r="F100" t="s">
-        <v>404</v>
+        <v>13</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>405</v>
       </c>
       <c r="H100" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>407</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>37</v>
+        <v>408</v>
       </c>
       <c r="D101" t="s">
-        <v>384</v>
+        <v>11</v>
       </c>
       <c r="E101" t="s">
-        <v>385</v>
+        <v>12</v>
       </c>
       <c r="F101" t="s">
-        <v>400</v>
+        <v>13</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="H101" t="s">
-        <v>409</v>
+        <v>382</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>410</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>41</v>
+        <v>411</v>
       </c>
       <c r="D102" t="s">
-        <v>384</v>
+        <v>11</v>
       </c>
       <c r="E102" t="s">
-        <v>385</v>
+        <v>12</v>
       </c>
       <c r="F102" t="s">
-        <v>411</v>
+        <v>13</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>412</v>
       </c>
       <c r="H102" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>414</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>45</v>
+        <v>415</v>
       </c>
       <c r="D103" t="s">
-        <v>384</v>
+        <v>11</v>
       </c>
       <c r="E103" t="s">
-        <v>385</v>
+        <v>12</v>
       </c>
       <c r="F103" t="s">
-        <v>415</v>
+        <v>13</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>416</v>
       </c>
       <c r="H103" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>418</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>49</v>
+        <v>419</v>
       </c>
       <c r="D104" t="s">
-        <v>384</v>
+        <v>11</v>
       </c>
       <c r="E104" t="s">
-        <v>385</v>
+        <v>12</v>
       </c>
       <c r="F104" t="s">
-        <v>419</v>
+        <v>13</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>420</v>
       </c>
       <c r="H104" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>422</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>53</v>
+        <v>423</v>
       </c>
       <c r="D105" t="s">
-        <v>384</v>
+        <v>11</v>
       </c>
       <c r="E105" t="s">
-        <v>385</v>
+        <v>12</v>
       </c>
       <c r="F105" t="s">
-        <v>404</v>
+        <v>13</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="H105" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>57</v>
+        <v>427</v>
       </c>
       <c r="D106" t="s">
-        <v>384</v>
+        <v>11</v>
       </c>
       <c r="E106" t="s">
-        <v>385</v>
+        <v>12</v>
       </c>
       <c r="F106" t="s">
-        <v>400</v>
+        <v>13</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="H106" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>61</v>
+        <v>431</v>
       </c>
       <c r="D107" t="s">
-        <v>384</v>
+        <v>11</v>
       </c>
       <c r="E107" t="s">
-        <v>385</v>
+        <v>12</v>
       </c>
       <c r="F107" t="s">
-        <v>429</v>
+        <v>13</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="H107" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>10</v>
+        <v>435</v>
       </c>
       <c r="D108" t="s">
-        <v>433</v>
+        <v>11</v>
       </c>
       <c r="E108" t="s">
-        <v>434</v>
+        <v>12</v>
       </c>
       <c r="F108" t="s">
         <v>13</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="H108" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>17</v>
+        <v>439</v>
       </c>
       <c r="D109" t="s">
-        <v>433</v>
+        <v>11</v>
       </c>
       <c r="E109" t="s">
-        <v>434</v>
+        <v>12</v>
       </c>
       <c r="F109" t="s">
         <v>13</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="H109" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>21</v>
+        <v>443</v>
       </c>
       <c r="D110" t="s">
-        <v>433</v>
+        <v>11</v>
       </c>
       <c r="E110" t="s">
-        <v>434</v>
+        <v>12</v>
       </c>
       <c r="F110" t="s">
         <v>13</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="H110" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>25</v>
+        <v>447</v>
       </c>
       <c r="D111" t="s">
-        <v>433</v>
+        <v>11</v>
       </c>
       <c r="E111" t="s">
-        <v>434</v>
+        <v>12</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="H111" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>29</v>
+        <v>451</v>
       </c>
       <c r="D112" t="s">
-        <v>433</v>
+        <v>11</v>
       </c>
       <c r="E112" t="s">
-        <v>434</v>
+        <v>12</v>
       </c>
       <c r="F112" t="s">
         <v>13</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="H112" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>33</v>
+        <v>455</v>
       </c>
       <c r="D113" t="s">
-        <v>433</v>
+        <v>11</v>
       </c>
       <c r="E113" t="s">
-        <v>434</v>
+        <v>12</v>
       </c>
       <c r="F113" t="s">
         <v>13</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>138</v>
+        <v>456</v>
       </c>
       <c r="H113" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="D114" t="s">
-        <v>433</v>
+        <v>459</v>
       </c>
       <c r="E114" t="s">
-        <v>434</v>
+        <v>460</v>
       </c>
       <c r="F114" t="s">
-        <v>13</v>
+        <v>461</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>452</v>
+        <v>462</v>
       </c>
       <c r="H114" t="s">
-        <v>453</v>
+        <v>463</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>454</v>
+        <v>464</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="D115" t="s">
-        <v>433</v>
+        <v>459</v>
       </c>
       <c r="E115" t="s">
-        <v>434</v>
+        <v>460</v>
       </c>
       <c r="F115" t="s">
-        <v>13</v>
+        <v>461</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>138</v>
+        <v>465</v>
       </c>
       <c r="H115" t="s">
-        <v>455</v>
+        <v>466</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>456</v>
+        <v>467</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="D116" t="s">
-        <v>433</v>
+        <v>459</v>
       </c>
       <c r="E116" t="s">
-        <v>434</v>
+        <v>460</v>
       </c>
       <c r="F116" t="s">
-        <v>13</v>
+        <v>468</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>457</v>
+        <v>469</v>
       </c>
       <c r="H116" t="s">
-        <v>458</v>
+        <v>470</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>471</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>25</v>
+      </c>
+      <c r="D117" t="s">
         <v>459</v>
       </c>
-      <c r="B117" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E117" t="s">
-        <v>434</v>
+        <v>460</v>
       </c>
       <c r="F117" t="s">
-        <v>13</v>
+        <v>468</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>460</v>
+        <v>472</v>
       </c>
       <c r="H117" t="s">
-        <v>461</v>
+        <v>473</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>462</v>
+        <v>474</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="D118" t="s">
-        <v>433</v>
+        <v>459</v>
       </c>
       <c r="E118" t="s">
-        <v>434</v>
+        <v>460</v>
       </c>
       <c r="F118" t="s">
-        <v>13</v>
+        <v>475</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>463</v>
+        <v>476</v>
       </c>
       <c r="H118" t="s">
-        <v>464</v>
+        <v>477</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>465</v>
+        <v>478</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D119" t="s">
-        <v>466</v>
+        <v>459</v>
       </c>
       <c r="E119" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="F119" t="s">
-        <v>386</v>
+        <v>479</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>468</v>
+        <v>480</v>
       </c>
       <c r="H119" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="D120" t="s">
-        <v>466</v>
+        <v>459</v>
       </c>
       <c r="E120" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="F120" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>138</v>
+        <v>483</v>
       </c>
       <c r="H120" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>473</v>
+        <v>485</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="D121" t="s">
-        <v>474</v>
+        <v>459</v>
       </c>
       <c r="E121" t="s">
-        <v>475</v>
+        <v>460</v>
       </c>
       <c r="F121" t="s">
-        <v>476</v>
+        <v>486</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>477</v>
+        <v>487</v>
       </c>
       <c r="H121" t="s">
-        <v>478</v>
+        <v>488</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>479</v>
+        <v>489</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="D122" t="s">
-        <v>474</v>
+        <v>459</v>
       </c>
       <c r="E122" t="s">
-        <v>475</v>
+        <v>460</v>
       </c>
       <c r="F122" t="s">
-        <v>480</v>
+        <v>490</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>138</v>
+        <v>491</v>
       </c>
       <c r="H122" t="s">
-        <v>481</v>
+        <v>492</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>482</v>
+        <v>493</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="D123" t="s">
-        <v>474</v>
+        <v>459</v>
       </c>
       <c r="E123" t="s">
-        <v>475</v>
+        <v>460</v>
       </c>
       <c r="F123" t="s">
-        <v>386</v>
+        <v>494</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>138</v>
+        <v>495</v>
       </c>
       <c r="H123" t="s">
-        <v>483</v>
+        <v>496</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>484</v>
+        <v>497</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="D124" t="s">
-        <v>474</v>
+        <v>459</v>
       </c>
       <c r="E124" t="s">
-        <v>475</v>
+        <v>460</v>
       </c>
       <c r="F124" t="s">
-        <v>386</v>
+        <v>479</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>138</v>
+        <v>498</v>
       </c>
       <c r="H124" t="s">
-        <v>485</v>
+        <v>499</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>486</v>
+        <v>500</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="D125" t="s">
-        <v>474</v>
+        <v>459</v>
       </c>
       <c r="E125" t="s">
+        <v>460</v>
+      </c>
+      <c r="F125" t="s">
         <v>475</v>
       </c>
-      <c r="F125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G125" s="1" t="s">
-        <v>487</v>
+        <v>501</v>
       </c>
       <c r="H125" t="s">
-        <v>488</v>
+        <v>502</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>489</v>
+        <v>503</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="D126" t="s">
-        <v>474</v>
+        <v>459</v>
       </c>
       <c r="E126" t="s">
-        <v>475</v>
+        <v>460</v>
       </c>
       <c r="F126" t="s">
-        <v>386</v>
+        <v>504</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>490</v>
+        <v>505</v>
       </c>
       <c r="H126" t="s">
-        <v>491</v>
+        <v>506</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>492</v>
+        <v>507</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>10</v>
+        <v>65</v>
       </c>
       <c r="D127" t="s">
-        <v>493</v>
+        <v>459</v>
       </c>
       <c r="E127" t="s">
-        <v>494</v>
+        <v>460</v>
       </c>
       <c r="F127" t="s">
-        <v>495</v>
+        <v>475</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>496</v>
+        <v>508</v>
       </c>
       <c r="H127" t="s">
-        <v>497</v>
+        <v>509</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>498</v>
+        <v>510</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="D128" t="s">
-        <v>493</v>
+        <v>459</v>
       </c>
       <c r="E128" t="s">
-        <v>494</v>
+        <v>460</v>
       </c>
       <c r="F128" t="s">
-        <v>429</v>
+        <v>486</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>138</v>
+        <v>511</v>
       </c>
       <c r="H128" t="s">
-        <v>499</v>
+        <v>512</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>500</v>
+        <v>513</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D129" t="s">
-        <v>493</v>
+        <v>514</v>
       </c>
       <c r="E129" t="s">
-        <v>494</v>
+        <v>515</v>
       </c>
       <c r="F129" t="s">
-        <v>411</v>
+        <v>13</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>138</v>
+        <v>516</v>
       </c>
       <c r="H129" t="s">
-        <v>501</v>
+        <v>517</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>502</v>
+        <v>518</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D130" t="s">
-        <v>493</v>
+        <v>514</v>
       </c>
       <c r="E130" t="s">
-        <v>494</v>
+        <v>515</v>
       </c>
       <c r="F130" t="s">
-        <v>411</v>
+        <v>13</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>138</v>
+        <v>519</v>
       </c>
       <c r="H130" t="s">
-        <v>503</v>
+        <v>520</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>504</v>
+        <v>521</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D131" t="s">
-        <v>493</v>
+        <v>514</v>
       </c>
       <c r="E131" t="s">
-        <v>494</v>
+        <v>515</v>
       </c>
       <c r="F131" t="s">
-        <v>505</v>
+        <v>13</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>138</v>
+        <v>522</v>
       </c>
       <c r="H131" t="s">
-        <v>506</v>
+        <v>523</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>507</v>
+        <v>524</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D132" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="E132" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="F132" t="s">
-        <v>429</v>
+        <v>13</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>510</v>
+        <v>525</v>
       </c>
       <c r="H132" t="s">
-        <v>511</v>
+        <v>526</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>512</v>
+        <v>527</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D133" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="E133" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="F133" t="s">
-        <v>429</v>
+        <v>13</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>513</v>
+        <v>528</v>
       </c>
       <c r="H133" t="s">
-        <v>514</v>
+        <v>529</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>530</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>33</v>
+      </c>
+      <c r="D134" t="s">
+        <v>514</v>
+      </c>
+      <c r="E134" t="s">
         <v>515</v>
       </c>
-      <c r="B134" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F134" t="s">
-        <v>400</v>
+        <v>13</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>516</v>
+        <v>138</v>
       </c>
       <c r="H134" t="s">
-        <v>517</v>
+        <v>531</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>518</v>
+        <v>532</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="D135" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="E135" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="F135" t="s">
-        <v>400</v>
+        <v>13</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>519</v>
+        <v>533</v>
       </c>
       <c r="H135" t="s">
-        <v>520</v>
+        <v>534</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>521</v>
+        <v>535</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="D136" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="E136" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="F136" t="s">
-        <v>522</v>
+        <v>13</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>523</v>
+        <v>138</v>
       </c>
       <c r="H136" t="s">
-        <v>524</v>
+        <v>536</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>525</v>
+        <v>537</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="D137" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="E137" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="F137" t="s">
-        <v>404</v>
+        <v>13</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>526</v>
+        <v>538</v>
       </c>
       <c r="H137" t="s">
-        <v>527</v>
+        <v>539</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>528</v>
+        <v>540</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="D138" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="E138" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="F138" t="s">
-        <v>393</v>
+        <v>13</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>529</v>
+        <v>541</v>
       </c>
       <c r="H138" t="s">
-        <v>530</v>
+        <v>542</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>531</v>
+        <v>543</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="D139" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="E139" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="F139" t="s">
-        <v>400</v>
+        <v>13</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>532</v>
+        <v>544</v>
       </c>
       <c r="H139" t="s">
-        <v>533</v>
+        <v>545</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>534</v>
+        <v>546</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="D140" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="E140" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="F140" t="s">
-        <v>393</v>
+        <v>13</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>138</v>
+        <v>547</v>
       </c>
       <c r="H140" t="s">
-        <v>535</v>
+        <v>548</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>536</v>
+        <v>549</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="D141" t="s">
-        <v>508</v>
+        <v>550</v>
       </c>
       <c r="E141" t="s">
-        <v>509</v>
+        <v>551</v>
       </c>
       <c r="F141" t="s">
-        <v>393</v>
+        <v>461</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>138</v>
+        <v>552</v>
       </c>
       <c r="H141" t="s">
-        <v>537</v>
+        <v>553</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>538</v>
+        <v>554</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="D142" t="s">
-        <v>508</v>
+        <v>550</v>
       </c>
       <c r="E142" t="s">
-        <v>509</v>
+        <v>551</v>
       </c>
       <c r="F142" t="s">
-        <v>393</v>
+        <v>555</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H142" t="s">
-        <v>539</v>
+        <v>556</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>540</v>
+        <v>557</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="D143" t="s">
-        <v>508</v>
+        <v>558</v>
       </c>
       <c r="E143" t="s">
-        <v>509</v>
+        <v>559</v>
       </c>
       <c r="F143" t="s">
-        <v>393</v>
+        <v>560</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>138</v>
+        <v>561</v>
       </c>
       <c r="H143" t="s">
-        <v>541</v>
+        <v>562</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>542</v>
+        <v>563</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="D144" t="s">
-        <v>508</v>
+        <v>558</v>
       </c>
       <c r="E144" t="s">
-        <v>509</v>
+        <v>559</v>
       </c>
       <c r="F144" t="s">
-        <v>393</v>
+        <v>564</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H144" t="s">
-        <v>543</v>
+        <v>565</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>544</v>
+        <v>566</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>65</v>
+        <v>21</v>
       </c>
       <c r="D145" t="s">
-        <v>508</v>
+        <v>558</v>
       </c>
       <c r="E145" t="s">
-        <v>509</v>
+        <v>559</v>
       </c>
       <c r="F145" t="s">
-        <v>400</v>
+        <v>461</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>545</v>
+        <v>138</v>
       </c>
       <c r="H145" t="s">
-        <v>546</v>
+        <v>567</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>547</v>
+        <v>568</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="D146" t="s">
-        <v>508</v>
+        <v>558</v>
       </c>
       <c r="E146" t="s">
-        <v>509</v>
+        <v>559</v>
       </c>
       <c r="F146" t="s">
-        <v>400</v>
+        <v>461</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>548</v>
+        <v>138</v>
       </c>
       <c r="H146" t="s">
-        <v>549</v>
+        <v>569</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>550</v>
+        <v>570</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="D147" t="s">
-        <v>508</v>
+        <v>558</v>
       </c>
       <c r="E147" t="s">
-        <v>509</v>
+        <v>559</v>
       </c>
       <c r="F147" t="s">
-        <v>400</v>
+        <v>475</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>551</v>
+        <v>571</v>
       </c>
       <c r="H147" t="s">
-        <v>552</v>
+        <v>572</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>553</v>
+        <v>573</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>77</v>
+        <v>33</v>
       </c>
       <c r="D148" t="s">
-        <v>508</v>
+        <v>558</v>
       </c>
       <c r="E148" t="s">
-        <v>509</v>
+        <v>559</v>
       </c>
       <c r="F148" t="s">
-        <v>411</v>
+        <v>461</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>554</v>
+        <v>574</v>
       </c>
       <c r="H148" t="s">
-        <v>555</v>
+        <v>575</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>556</v>
+        <v>576</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>81</v>
+        <v>37</v>
       </c>
       <c r="D149" t="s">
-        <v>508</v>
+        <v>558</v>
       </c>
       <c r="E149" t="s">
-        <v>509</v>
+        <v>559</v>
       </c>
       <c r="F149" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>558</v>
+        <v>577</v>
       </c>
       <c r="H149" t="s">
-        <v>559</v>
+        <v>578</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
+        <v>579</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>41</v>
+      </c>
+      <c r="D150" t="s">
+        <v>558</v>
+      </c>
+      <c r="E150" t="s">
+        <v>559</v>
+      </c>
+      <c r="F150" t="s">
         <v>560</v>
       </c>
-      <c r="B150" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G150" s="1" t="s">
-        <v>561</v>
+        <v>580</v>
       </c>
       <c r="H150" t="s">
-        <v>562</v>
+        <v>581</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>563</v>
+        <v>582</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="D151" t="s">
-        <v>508</v>
+        <v>583</v>
       </c>
       <c r="E151" t="s">
-        <v>509</v>
+        <v>584</v>
       </c>
       <c r="F151" t="s">
-        <v>476</v>
+        <v>585</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>564</v>
+        <v>586</v>
       </c>
       <c r="H151" t="s">
-        <v>565</v>
+        <v>587</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>566</v>
+        <v>588</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>93</v>
+        <v>17</v>
       </c>
       <c r="D152" t="s">
-        <v>508</v>
+        <v>583</v>
       </c>
       <c r="E152" t="s">
-        <v>509</v>
+        <v>584</v>
       </c>
       <c r="F152" t="s">
-        <v>471</v>
+        <v>504</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>567</v>
+        <v>138</v>
       </c>
       <c r="H152" t="s">
-        <v>568</v>
+        <v>589</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>569</v>
+        <v>590</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>97</v>
+        <v>21</v>
       </c>
       <c r="D153" t="s">
-        <v>508</v>
+        <v>583</v>
       </c>
       <c r="E153" t="s">
-        <v>509</v>
+        <v>584</v>
       </c>
       <c r="F153" t="s">
-        <v>471</v>
+        <v>486</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>570</v>
+        <v>138</v>
       </c>
       <c r="H153" t="s">
-        <v>571</v>
+        <v>591</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>572</v>
+        <v>592</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>101</v>
+        <v>25</v>
       </c>
       <c r="D154" t="s">
-        <v>508</v>
+        <v>583</v>
       </c>
       <c r="E154" t="s">
-        <v>509</v>
+        <v>584</v>
       </c>
       <c r="F154" t="s">
-        <v>393</v>
+        <v>486</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H154" t="s">
-        <v>573</v>
+        <v>593</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>574</v>
+        <v>594</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>105</v>
+        <v>29</v>
       </c>
       <c r="D155" t="s">
-        <v>508</v>
+        <v>583</v>
       </c>
       <c r="E155" t="s">
-        <v>509</v>
+        <v>584</v>
       </c>
       <c r="F155" t="s">
-        <v>393</v>
+        <v>595</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H155" t="s">
-        <v>575</v>
+        <v>596</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>576</v>
+        <v>597</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>109</v>
+        <v>33</v>
       </c>
       <c r="D156" t="s">
-        <v>508</v>
+        <v>583</v>
       </c>
       <c r="E156" t="s">
-        <v>509</v>
+        <v>584</v>
       </c>
       <c r="F156" t="s">
-        <v>393</v>
+        <v>585</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H156" t="s">
-        <v>577</v>
+        <v>598</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>113</v>
+        <v>10</v>
       </c>
       <c r="D157" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E157" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F157" t="s">
-        <v>393</v>
+        <v>504</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>138</v>
+        <v>602</v>
       </c>
       <c r="H157" t="s">
-        <v>579</v>
+        <v>603</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>580</v>
+        <v>604</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>117</v>
+        <v>17</v>
       </c>
       <c r="D158" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E158" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F158" t="s">
-        <v>557</v>
+        <v>504</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>581</v>
+        <v>605</v>
       </c>
       <c r="H158" t="s">
-        <v>582</v>
+        <v>606</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>583</v>
+        <v>607</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>121</v>
+        <v>21</v>
       </c>
       <c r="D159" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E159" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F159" t="s">
-        <v>584</v>
+        <v>475</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>585</v>
+        <v>608</v>
       </c>
       <c r="H159" t="s">
-        <v>586</v>
+        <v>609</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>587</v>
+        <v>610</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>125</v>
+        <v>25</v>
       </c>
       <c r="D160" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E160" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F160" t="s">
-        <v>411</v>
+        <v>475</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>588</v>
+        <v>611</v>
       </c>
       <c r="H160" t="s">
-        <v>589</v>
+        <v>612</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>590</v>
+        <v>613</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>129</v>
+        <v>29</v>
       </c>
       <c r="D161" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E161" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F161" t="s">
-        <v>411</v>
+        <v>614</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>591</v>
+        <v>615</v>
       </c>
       <c r="H161" t="s">
-        <v>592</v>
+        <v>616</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>593</v>
+        <v>617</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>133</v>
+        <v>33</v>
       </c>
       <c r="D162" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E162" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F162" t="s">
-        <v>411</v>
+        <v>479</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>594</v>
+        <v>618</v>
       </c>
       <c r="H162" t="s">
-        <v>595</v>
+        <v>619</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>596</v>
+        <v>620</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>137</v>
+        <v>37</v>
       </c>
       <c r="D163" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E163" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F163" t="s">
-        <v>411</v>
+        <v>468</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>597</v>
+        <v>621</v>
       </c>
       <c r="H163" t="s">
-        <v>598</v>
+        <v>622</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>599</v>
+        <v>623</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>141</v>
+        <v>41</v>
       </c>
       <c r="D164" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E164" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F164" t="s">
-        <v>584</v>
+        <v>475</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>600</v>
+        <v>624</v>
       </c>
       <c r="H164" t="s">
-        <v>601</v>
+        <v>625</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>602</v>
+        <v>626</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>145</v>
+        <v>45</v>
       </c>
       <c r="D165" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E165" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F165" t="s">
-        <v>584</v>
+        <v>468</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>603</v>
+        <v>138</v>
       </c>
       <c r="H165" t="s">
-        <v>604</v>
+        <v>627</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>605</v>
+        <v>628</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>149</v>
+        <v>49</v>
       </c>
       <c r="D166" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E166" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F166" t="s">
-        <v>584</v>
+        <v>468</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>606</v>
+        <v>138</v>
       </c>
       <c r="H166" t="s">
-        <v>607</v>
+        <v>629</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>608</v>
+        <v>630</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>153</v>
+        <v>53</v>
       </c>
       <c r="D167" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E167" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F167" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H167" t="s">
-        <v>609</v>
+        <v>631</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>610</v>
+        <v>632</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>157</v>
+        <v>57</v>
       </c>
       <c r="D168" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E168" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F168" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H168" t="s">
-        <v>611</v>
+        <v>633</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>612</v>
+        <v>634</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>161</v>
+        <v>61</v>
       </c>
       <c r="D169" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E169" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F169" t="s">
-        <v>557</v>
+        <v>468</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>613</v>
+        <v>138</v>
       </c>
       <c r="H169" t="s">
-        <v>614</v>
+        <v>635</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>615</v>
+        <v>636</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>165</v>
+        <v>65</v>
       </c>
       <c r="D170" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E170" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F170" t="s">
-        <v>393</v>
+        <v>475</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>138</v>
+        <v>637</v>
       </c>
       <c r="H170" t="s">
-        <v>616</v>
+        <v>638</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>617</v>
+        <v>639</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>169</v>
+        <v>69</v>
       </c>
       <c r="D171" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E171" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F171" t="s">
-        <v>393</v>
+        <v>475</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>138</v>
+        <v>640</v>
       </c>
       <c r="H171" t="s">
-        <v>618</v>
+        <v>641</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>619</v>
+        <v>642</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>173</v>
+        <v>73</v>
       </c>
       <c r="D172" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E172" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F172" t="s">
-        <v>393</v>
+        <v>475</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>138</v>
+        <v>643</v>
       </c>
       <c r="H172" t="s">
-        <v>620</v>
+        <v>644</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>621</v>
+        <v>645</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>177</v>
+        <v>77</v>
       </c>
       <c r="D173" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E173" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F173" t="s">
-        <v>557</v>
+        <v>486</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>622</v>
+        <v>646</v>
       </c>
       <c r="H173" t="s">
-        <v>623</v>
+        <v>647</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>624</v>
+        <v>648</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>181</v>
+        <v>81</v>
       </c>
       <c r="D174" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E174" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F174" t="s">
-        <v>480</v>
+        <v>649</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>625</v>
+        <v>650</v>
       </c>
       <c r="H174" t="s">
-        <v>626</v>
+        <v>651</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>627</v>
+        <v>652</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>185</v>
+        <v>85</v>
       </c>
       <c r="D175" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E175" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F175" t="s">
-        <v>400</v>
+        <v>560</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>628</v>
+        <v>653</v>
       </c>
       <c r="H175" t="s">
-        <v>629</v>
+        <v>654</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>630</v>
+        <v>655</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>189</v>
+        <v>89</v>
       </c>
       <c r="D176" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E176" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F176" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>631</v>
+        <v>656</v>
       </c>
       <c r="H176" t="s">
-        <v>632</v>
+        <v>657</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>633</v>
+        <v>658</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>193</v>
+        <v>93</v>
       </c>
       <c r="D177" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E177" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F177" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>634</v>
+        <v>659</v>
       </c>
       <c r="H177" t="s">
-        <v>635</v>
+        <v>660</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>636</v>
+        <v>661</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>197</v>
+        <v>97</v>
       </c>
       <c r="D178" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E178" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F178" t="s">
-        <v>480</v>
+        <v>555</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>637</v>
+        <v>662</v>
       </c>
       <c r="H178" t="s">
-        <v>638</v>
+        <v>663</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>639</v>
+        <v>664</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>201</v>
+        <v>101</v>
       </c>
       <c r="D179" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E179" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F179" t="s">
-        <v>400</v>
+        <v>468</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>640</v>
+        <v>138</v>
       </c>
       <c r="H179" t="s">
-        <v>641</v>
+        <v>665</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>642</v>
+        <v>666</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>205</v>
+        <v>105</v>
       </c>
       <c r="D180" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E180" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F180" t="s">
-        <v>584</v>
+        <v>468</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>643</v>
+        <v>138</v>
       </c>
       <c r="H180" t="s">
-        <v>644</v>
+        <v>667</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>645</v>
+        <v>668</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>209</v>
+        <v>109</v>
       </c>
       <c r="D181" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E181" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F181" t="s">
-        <v>411</v>
+        <v>468</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>646</v>
+        <v>138</v>
       </c>
       <c r="H181" t="s">
-        <v>647</v>
+        <v>669</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>648</v>
+        <v>670</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>213</v>
+        <v>113</v>
       </c>
       <c r="D182" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E182" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F182" t="s">
-        <v>584</v>
+        <v>468</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>649</v>
+        <v>138</v>
       </c>
       <c r="H182" t="s">
-        <v>650</v>
+        <v>671</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>651</v>
+        <v>672</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>217</v>
+        <v>117</v>
       </c>
       <c r="D183" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E183" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F183" t="s">
-        <v>411</v>
+        <v>649</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>652</v>
+        <v>673</v>
       </c>
       <c r="H183" t="s">
-        <v>653</v>
+        <v>674</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>654</v>
+        <v>675</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>221</v>
+        <v>121</v>
       </c>
       <c r="D184" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E184" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F184" t="s">
-        <v>584</v>
+        <v>676</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>655</v>
+        <v>677</v>
       </c>
       <c r="H184" t="s">
-        <v>656</v>
+        <v>678</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>657</v>
+        <v>679</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>225</v>
+        <v>125</v>
       </c>
       <c r="D185" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E185" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F185" t="s">
-        <v>411</v>
+        <v>486</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>658</v>
+        <v>680</v>
       </c>
       <c r="H185" t="s">
-        <v>659</v>
+        <v>681</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>660</v>
+        <v>682</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>229</v>
+        <v>129</v>
       </c>
       <c r="D186" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E186" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F186" t="s">
-        <v>584</v>
+        <v>486</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>661</v>
+        <v>683</v>
       </c>
       <c r="H186" t="s">
-        <v>662</v>
+        <v>684</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>663</v>
+        <v>685</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>233</v>
+        <v>133</v>
       </c>
       <c r="D187" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E187" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F187" t="s">
-        <v>584</v>
+        <v>486</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>664</v>
+        <v>686</v>
       </c>
       <c r="H187" t="s">
-        <v>665</v>
+        <v>687</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>666</v>
+        <v>688</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>237</v>
+        <v>137</v>
       </c>
       <c r="D188" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E188" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F188" t="s">
-        <v>584</v>
+        <v>486</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="H188" t="s">
-        <v>668</v>
+        <v>690</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>669</v>
+        <v>691</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>241</v>
+        <v>141</v>
       </c>
       <c r="D189" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E189" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F189" t="s">
-        <v>393</v>
+        <v>676</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>138</v>
+        <v>692</v>
       </c>
       <c r="H189" t="s">
-        <v>670</v>
+        <v>693</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>671</v>
+        <v>694</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>245</v>
+        <v>145</v>
       </c>
       <c r="D190" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E190" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F190" t="s">
-        <v>393</v>
+        <v>676</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>138</v>
+        <v>695</v>
       </c>
       <c r="H190" t="s">
-        <v>672</v>
+        <v>696</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>673</v>
+        <v>697</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>249</v>
+        <v>149</v>
       </c>
       <c r="D191" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E191" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F191" t="s">
-        <v>393</v>
+        <v>676</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>138</v>
+        <v>698</v>
       </c>
       <c r="H191" t="s">
-        <v>674</v>
+        <v>699</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>675</v>
+        <v>700</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>253</v>
+        <v>153</v>
       </c>
       <c r="D192" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E192" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F192" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H192" t="s">
-        <v>676</v>
+        <v>701</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>677</v>
+        <v>702</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>257</v>
+        <v>157</v>
       </c>
       <c r="D193" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E193" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F193" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H193" t="s">
-        <v>678</v>
+        <v>703</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>679</v>
+        <v>704</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>261</v>
+        <v>161</v>
       </c>
       <c r="D194" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E194" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F194" t="s">
-        <v>393</v>
+        <v>649</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>138</v>
+        <v>705</v>
       </c>
       <c r="H194" t="s">
-        <v>680</v>
+        <v>706</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>681</v>
+        <v>707</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>265</v>
+        <v>165</v>
       </c>
       <c r="D195" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E195" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F195" t="s">
-        <v>584</v>
+        <v>468</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>682</v>
+        <v>138</v>
       </c>
       <c r="H195" t="s">
-        <v>683</v>
+        <v>708</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>684</v>
+        <v>709</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>269</v>
+        <v>169</v>
       </c>
       <c r="D196" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E196" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F196" t="s">
-        <v>685</v>
+        <v>468</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>686</v>
+        <v>138</v>
       </c>
       <c r="H196" t="s">
-        <v>687</v>
+        <v>710</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>688</v>
+        <v>711</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>273</v>
+        <v>173</v>
       </c>
       <c r="D197" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E197" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F197" t="s">
-        <v>400</v>
+        <v>468</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>689</v>
+        <v>138</v>
       </c>
       <c r="H197" t="s">
-        <v>690</v>
+        <v>712</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>691</v>
+        <v>713</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>277</v>
+        <v>177</v>
       </c>
       <c r="D198" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E198" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F198" t="s">
-        <v>411</v>
+        <v>649</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>692</v>
+        <v>714</v>
       </c>
       <c r="H198" t="s">
-        <v>693</v>
+        <v>715</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>694</v>
+        <v>716</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>281</v>
+        <v>181</v>
       </c>
       <c r="D199" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E199" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F199" t="s">
-        <v>584</v>
+        <v>564</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>695</v>
+        <v>717</v>
       </c>
       <c r="H199" t="s">
-        <v>696</v>
+        <v>718</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>697</v>
+        <v>719</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>285</v>
+        <v>185</v>
       </c>
       <c r="D200" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E200" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F200" t="s">
-        <v>584</v>
+        <v>475</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>698</v>
+        <v>720</v>
       </c>
       <c r="H200" t="s">
-        <v>699</v>
+        <v>721</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>700</v>
+        <v>722</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>289</v>
+        <v>189</v>
       </c>
       <c r="D201" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E201" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F201" t="s">
-        <v>393</v>
+        <v>649</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>138</v>
+        <v>723</v>
       </c>
       <c r="H201" t="s">
-        <v>701</v>
+        <v>724</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>702</v>
+        <v>725</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>293</v>
+        <v>193</v>
       </c>
       <c r="D202" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E202" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F202" t="s">
-        <v>393</v>
+        <v>649</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>138</v>
+        <v>726</v>
       </c>
       <c r="H202" t="s">
-        <v>703</v>
+        <v>727</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>704</v>
+        <v>728</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>297</v>
+        <v>197</v>
       </c>
       <c r="D203" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E203" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F203" t="s">
-        <v>393</v>
+        <v>564</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>138</v>
+        <v>729</v>
       </c>
       <c r="H203" t="s">
-        <v>705</v>
+        <v>730</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>706</v>
+        <v>731</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>301</v>
+        <v>201</v>
       </c>
       <c r="D204" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E204" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F204" t="s">
-        <v>393</v>
+        <v>475</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>138</v>
+        <v>732</v>
       </c>
       <c r="H204" t="s">
-        <v>707</v>
+        <v>733</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>708</v>
+        <v>734</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>305</v>
+        <v>205</v>
       </c>
       <c r="D205" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E205" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F205" t="s">
-        <v>393</v>
+        <v>676</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>138</v>
+        <v>735</v>
       </c>
       <c r="H205" t="s">
-        <v>709</v>
+        <v>736</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>710</v>
+        <v>737</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>309</v>
+        <v>209</v>
       </c>
       <c r="D206" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E206" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F206" t="s">
-        <v>400</v>
+        <v>486</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>138</v>
+        <v>738</v>
       </c>
       <c r="H206" t="s">
-        <v>711</v>
+        <v>739</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>712</v>
+        <v>740</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>313</v>
+        <v>213</v>
       </c>
       <c r="D207" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E207" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F207" t="s">
-        <v>393</v>
+        <v>676</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>138</v>
+        <v>741</v>
       </c>
       <c r="H207" t="s">
-        <v>713</v>
+        <v>742</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>714</v>
+        <v>743</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>317</v>
+        <v>217</v>
       </c>
       <c r="D208" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E208" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F208" t="s">
-        <v>557</v>
+        <v>486</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>715</v>
+        <v>744</v>
       </c>
       <c r="H208" t="s">
-        <v>716</v>
+        <v>745</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>717</v>
+        <v>746</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>321</v>
+        <v>221</v>
       </c>
       <c r="D209" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E209" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F209" t="s">
-        <v>393</v>
+        <v>676</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>138</v>
+        <v>747</v>
       </c>
       <c r="H209" t="s">
-        <v>718</v>
+        <v>748</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>719</v>
+        <v>749</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>325</v>
+        <v>225</v>
       </c>
       <c r="D210" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E210" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F210" t="s">
-        <v>584</v>
+        <v>486</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>720</v>
+        <v>750</v>
       </c>
       <c r="H210" t="s">
-        <v>721</v>
+        <v>751</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>722</v>
+        <v>752</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>329</v>
+        <v>229</v>
       </c>
       <c r="D211" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E211" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F211" t="s">
-        <v>400</v>
+        <v>676</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>723</v>
+        <v>753</v>
       </c>
       <c r="H211" t="s">
-        <v>724</v>
+        <v>754</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>725</v>
+        <v>755</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>333</v>
+        <v>233</v>
       </c>
       <c r="D212" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E212" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F212" t="s">
-        <v>476</v>
+        <v>676</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>726</v>
+        <v>756</v>
       </c>
       <c r="H212" t="s">
-        <v>727</v>
+        <v>757</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>728</v>
+        <v>758</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>337</v>
+        <v>237</v>
       </c>
       <c r="D213" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E213" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F213" t="s">
-        <v>584</v>
+        <v>676</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>729</v>
+        <v>759</v>
       </c>
       <c r="H213" t="s">
-        <v>730</v>
+        <v>760</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>731</v>
+        <v>761</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>341</v>
+        <v>241</v>
       </c>
       <c r="D214" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E214" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F214" t="s">
-        <v>584</v>
+        <v>468</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>732</v>
+        <v>138</v>
       </c>
       <c r="H214" t="s">
-        <v>733</v>
+        <v>762</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>734</v>
+        <v>763</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>345</v>
+        <v>245</v>
       </c>
       <c r="D215" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E215" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F215" t="s">
-        <v>411</v>
+        <v>468</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>735</v>
+        <v>138</v>
       </c>
       <c r="H215" t="s">
-        <v>736</v>
+        <v>764</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>737</v>
+        <v>765</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>349</v>
+        <v>249</v>
       </c>
       <c r="D216" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E216" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F216" t="s">
-        <v>411</v>
+        <v>468</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>738</v>
+        <v>138</v>
       </c>
       <c r="H216" t="s">
-        <v>739</v>
+        <v>766</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>740</v>
+        <v>767</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>353</v>
+        <v>253</v>
       </c>
       <c r="D217" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E217" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F217" t="s">
-        <v>411</v>
+        <v>468</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>741</v>
+        <v>138</v>
       </c>
       <c r="H217" t="s">
-        <v>742</v>
+        <v>768</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>743</v>
+        <v>769</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>357</v>
+        <v>257</v>
       </c>
       <c r="D218" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E218" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F218" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G218" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H218" t="s">
-        <v>744</v>
+        <v>770</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>745</v>
+        <v>771</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>360</v>
+        <v>261</v>
       </c>
       <c r="D219" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E219" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F219" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G219" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H219" t="s">
-        <v>746</v>
+        <v>772</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>747</v>
+        <v>773</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>364</v>
+        <v>265</v>
       </c>
       <c r="D220" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E220" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F220" t="s">
-        <v>400</v>
+        <v>676</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>748</v>
+        <v>774</v>
       </c>
       <c r="H220" t="s">
-        <v>749</v>
+        <v>775</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>750</v>
+        <v>776</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>368</v>
+        <v>269</v>
       </c>
       <c r="D221" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E221" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F221" t="s">
-        <v>400</v>
+        <v>777</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>751</v>
+        <v>778</v>
       </c>
       <c r="H221" t="s">
-        <v>752</v>
+        <v>779</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>753</v>
+        <v>780</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>372</v>
+        <v>273</v>
       </c>
       <c r="D222" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E222" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F222" t="s">
-        <v>557</v>
+        <v>475</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>754</v>
+        <v>781</v>
       </c>
       <c r="H222" t="s">
-        <v>755</v>
+        <v>782</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>756</v>
+        <v>783</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>376</v>
+        <v>277</v>
       </c>
       <c r="D223" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E223" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F223" t="s">
-        <v>557</v>
+        <v>486</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>757</v>
+        <v>784</v>
       </c>
       <c r="H223" t="s">
-        <v>758</v>
+        <v>785</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>759</v>
+        <v>786</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>380</v>
+        <v>281</v>
       </c>
       <c r="D224" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E224" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F224" t="s">
-        <v>404</v>
+        <v>676</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>760</v>
+        <v>787</v>
       </c>
       <c r="H224" t="s">
-        <v>761</v>
+        <v>788</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>762</v>
+        <v>789</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>763</v>
+        <v>285</v>
       </c>
       <c r="D225" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E225" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F225" t="s">
-        <v>393</v>
+        <v>676</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>138</v>
+        <v>790</v>
       </c>
       <c r="H225" t="s">
-        <v>764</v>
+        <v>791</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>765</v>
+        <v>792</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>766</v>
+        <v>289</v>
       </c>
       <c r="D226" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E226" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F226" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G226" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H226" t="s">
-        <v>767</v>
+        <v>793</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>768</v>
+        <v>794</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>769</v>
+        <v>293</v>
       </c>
       <c r="D227" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E227" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F227" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G227" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H227" t="s">
-        <v>770</v>
+        <v>795</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>771</v>
+        <v>796</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>772</v>
+        <v>297</v>
       </c>
       <c r="D228" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E228" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F228" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G228" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H228" t="s">
-        <v>773</v>
+        <v>797</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>774</v>
+        <v>798</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>775</v>
+        <v>301</v>
       </c>
       <c r="D229" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E229" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F229" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G229" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H229" t="s">
-        <v>776</v>
+        <v>799</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>777</v>
+        <v>800</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>778</v>
+        <v>305</v>
       </c>
       <c r="D230" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E230" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F230" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G230" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H230" t="s">
-        <v>779</v>
+        <v>801</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>780</v>
+        <v>802</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>781</v>
+        <v>309</v>
       </c>
       <c r="D231" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E231" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F231" t="s">
-        <v>393</v>
+        <v>475</v>
       </c>
       <c r="G231" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H231" t="s">
-        <v>782</v>
+        <v>803</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>783</v>
+        <v>804</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>784</v>
+        <v>313</v>
       </c>
       <c r="D232" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E232" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F232" t="s">
-        <v>584</v>
+        <v>468</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>785</v>
+        <v>138</v>
       </c>
       <c r="H232" t="s">
-        <v>786</v>
+        <v>805</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>787</v>
+        <v>806</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>788</v>
+        <v>317</v>
       </c>
       <c r="D233" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E233" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F233" t="s">
-        <v>584</v>
+        <v>649</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>789</v>
+        <v>807</v>
       </c>
       <c r="H233" t="s">
-        <v>790</v>
+        <v>808</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>791</v>
+        <v>809</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>792</v>
+        <v>321</v>
       </c>
       <c r="D234" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E234" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F234" t="s">
-        <v>557</v>
+        <v>468</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>793</v>
+        <v>138</v>
       </c>
       <c r="H234" t="s">
-        <v>794</v>
+        <v>810</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>795</v>
+        <v>811</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>796</v>
+        <v>325</v>
       </c>
       <c r="D235" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E235" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F235" t="s">
-        <v>557</v>
+        <v>676</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>797</v>
+        <v>812</v>
       </c>
       <c r="H235" t="s">
-        <v>798</v>
+        <v>813</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>799</v>
+        <v>814</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>800</v>
+        <v>329</v>
       </c>
       <c r="D236" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E236" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F236" t="s">
-        <v>801</v>
+        <v>475</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>802</v>
+        <v>815</v>
       </c>
       <c r="H236" t="s">
-        <v>803</v>
+        <v>816</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>805</v>
+        <v>333</v>
       </c>
       <c r="D237" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E237" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F237" t="s">
-        <v>400</v>
+        <v>560</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>806</v>
+        <v>818</v>
       </c>
       <c r="H237" t="s">
-        <v>807</v>
+        <v>819</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>808</v>
+        <v>820</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>809</v>
+        <v>337</v>
       </c>
       <c r="D238" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E238" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F238" t="s">
-        <v>400</v>
+        <v>676</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>810</v>
+        <v>821</v>
       </c>
       <c r="H238" t="s">
-        <v>811</v>
+        <v>822</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>812</v>
+        <v>823</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>813</v>
+        <v>341</v>
       </c>
       <c r="D239" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E239" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F239" t="s">
-        <v>557</v>
+        <v>676</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>814</v>
+        <v>824</v>
       </c>
       <c r="H239" t="s">
-        <v>815</v>
+        <v>825</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>816</v>
+        <v>826</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>817</v>
+        <v>345</v>
       </c>
       <c r="D240" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E240" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F240" t="s">
-        <v>557</v>
+        <v>486</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>818</v>
+        <v>827</v>
       </c>
       <c r="H240" t="s">
-        <v>819</v>
+        <v>828</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>820</v>
+        <v>829</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>821</v>
+        <v>349</v>
       </c>
       <c r="D241" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E241" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F241" t="s">
-        <v>584</v>
+        <v>486</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>138</v>
+        <v>830</v>
       </c>
       <c r="H241" t="s">
-        <v>822</v>
+        <v>831</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>823</v>
+        <v>832</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>824</v>
+        <v>353</v>
       </c>
       <c r="D242" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E242" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F242" t="s">
-        <v>584</v>
+        <v>486</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="H242" t="s">
-        <v>826</v>
+        <v>834</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>827</v>
+        <v>835</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>828</v>
+        <v>357</v>
       </c>
       <c r="D243" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E243" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F243" t="s">
-        <v>584</v>
+        <v>468</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>829</v>
+        <v>138</v>
       </c>
       <c r="H243" t="s">
-        <v>830</v>
+        <v>836</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>831</v>
+        <v>837</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>832</v>
+        <v>360</v>
       </c>
       <c r="D244" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E244" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F244" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G244" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H244" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>834</v>
+        <v>839</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>835</v>
+        <v>364</v>
       </c>
       <c r="D245" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E245" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F245" t="s">
-        <v>393</v>
+        <v>475</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="H245" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>839</v>
+        <v>368</v>
       </c>
       <c r="D246" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E246" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F246" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="H246" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>843</v>
+        <v>372</v>
       </c>
       <c r="D247" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E247" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F247" t="s">
-        <v>476</v>
+        <v>649</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="H247" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>847</v>
+        <v>376</v>
       </c>
       <c r="D248" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E248" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F248" t="s">
-        <v>476</v>
+        <v>649</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="H248" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>851</v>
+        <v>380</v>
       </c>
       <c r="D249" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E249" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F249" t="s">
-        <v>400</v>
+        <v>479</v>
       </c>
       <c r="G249" s="1" t="s">
         <v>852</v>
       </c>
       <c r="H249" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>854</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
+        <v>384</v>
+      </c>
+      <c r="D250" t="s">
+        <v>600</v>
+      </c>
+      <c r="E250" t="s">
+        <v>601</v>
+      </c>
+      <c r="F250" t="s">
+        <v>468</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H250" t="s">
         <v>855</v>
-      </c>
-[...13 lines deleted...]
-        <v>857</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>859</v>
+        <v>388</v>
       </c>
       <c r="D251" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E251" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F251" t="s">
-        <v>404</v>
+        <v>468</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>860</v>
+        <v>138</v>
       </c>
       <c r="H251" t="s">
-        <v>861</v>
+        <v>857</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>862</v>
+        <v>858</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>863</v>
+        <v>392</v>
       </c>
       <c r="D252" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E252" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F252" t="s">
-        <v>404</v>
+        <v>468</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>864</v>
+        <v>138</v>
       </c>
       <c r="H252" t="s">
-        <v>865</v>
+        <v>859</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>866</v>
+        <v>860</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>867</v>
+        <v>396</v>
       </c>
       <c r="D253" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E253" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F253" t="s">
-        <v>400</v>
+        <v>468</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>868</v>
+        <v>138</v>
       </c>
       <c r="H253" t="s">
-        <v>869</v>
+        <v>861</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>870</v>
+        <v>862</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>871</v>
+        <v>400</v>
       </c>
       <c r="D254" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E254" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F254" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G254" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H254" t="s">
-        <v>872</v>
+        <v>863</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>873</v>
+        <v>864</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>874</v>
+        <v>404</v>
       </c>
       <c r="D255" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E255" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F255" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G255" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H255" t="s">
-        <v>875</v>
+        <v>865</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>876</v>
+        <v>866</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>877</v>
+        <v>408</v>
       </c>
       <c r="D256" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E256" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F256" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G256" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H256" t="s">
-        <v>878</v>
+        <v>867</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>879</v>
+        <v>868</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>880</v>
+        <v>411</v>
       </c>
       <c r="D257" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E257" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F257" t="s">
-        <v>480</v>
+        <v>676</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>881</v>
+        <v>869</v>
       </c>
       <c r="H257" t="s">
-        <v>882</v>
+        <v>870</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>883</v>
+        <v>871</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>884</v>
+        <v>415</v>
       </c>
       <c r="D258" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E258" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F258" t="s">
-        <v>400</v>
+        <v>676</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>885</v>
+        <v>872</v>
       </c>
       <c r="H258" t="s">
-        <v>886</v>
+        <v>873</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>887</v>
+        <v>874</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>888</v>
+        <v>419</v>
       </c>
       <c r="D259" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E259" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F259" t="s">
-        <v>889</v>
+        <v>649</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>890</v>
+        <v>875</v>
       </c>
       <c r="H259" t="s">
-        <v>891</v>
+        <v>876</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>892</v>
+        <v>877</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>893</v>
+        <v>423</v>
       </c>
       <c r="D260" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E260" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F260" t="s">
-        <v>584</v>
+        <v>649</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>894</v>
+        <v>878</v>
       </c>
       <c r="H260" t="s">
-        <v>895</v>
+        <v>879</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>896</v>
+        <v>880</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>897</v>
+        <v>427</v>
       </c>
       <c r="D261" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E261" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F261" t="s">
-        <v>393</v>
+        <v>881</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>138</v>
+        <v>882</v>
       </c>
       <c r="H261" t="s">
-        <v>898</v>
+        <v>883</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>899</v>
+        <v>884</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>900</v>
+        <v>431</v>
       </c>
       <c r="D262" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E262" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F262" t="s">
-        <v>393</v>
+        <v>475</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>138</v>
+        <v>885</v>
       </c>
       <c r="H262" t="s">
-        <v>901</v>
+        <v>886</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>902</v>
+        <v>887</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>903</v>
+        <v>435</v>
       </c>
       <c r="D263" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E263" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F263" t="s">
-        <v>393</v>
+        <v>475</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>138</v>
+        <v>888</v>
       </c>
       <c r="H263" t="s">
-        <v>904</v>
+        <v>889</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>905</v>
+        <v>890</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>906</v>
+        <v>439</v>
       </c>
       <c r="D264" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E264" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F264" t="s">
-        <v>393</v>
+        <v>649</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>138</v>
+        <v>891</v>
       </c>
       <c r="H264" t="s">
-        <v>907</v>
+        <v>892</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>908</v>
+        <v>893</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>909</v>
+        <v>443</v>
       </c>
       <c r="D265" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E265" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F265" t="s">
-        <v>393</v>
+        <v>649</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>138</v>
+        <v>894</v>
       </c>
       <c r="H265" t="s">
-        <v>910</v>
+        <v>895</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>911</v>
+        <v>896</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>912</v>
+        <v>447</v>
       </c>
       <c r="D266" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E266" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F266" t="s">
-        <v>393</v>
+        <v>676</v>
       </c>
       <c r="G266" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H266" t="s">
-        <v>913</v>
+        <v>897</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>914</v>
+        <v>898</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>915</v>
+        <v>451</v>
       </c>
       <c r="D267" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E267" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F267" t="s">
-        <v>393</v>
+        <v>676</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>138</v>
+        <v>899</v>
       </c>
       <c r="H267" t="s">
-        <v>916</v>
+        <v>900</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>917</v>
+        <v>901</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>918</v>
+        <v>455</v>
       </c>
       <c r="D268" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E268" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F268" t="s">
-        <v>393</v>
+        <v>676</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>138</v>
+        <v>902</v>
       </c>
       <c r="H268" t="s">
-        <v>919</v>
+        <v>903</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>920</v>
+        <v>904</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>921</v>
+        <v>905</v>
       </c>
       <c r="D269" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E269" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F269" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G269" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H269" t="s">
-        <v>922</v>
+        <v>906</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>923</v>
+        <v>907</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>924</v>
+        <v>908</v>
       </c>
       <c r="D270" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E270" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F270" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>138</v>
+        <v>909</v>
       </c>
       <c r="H270" t="s">
-        <v>925</v>
+        <v>910</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>926</v>
+        <v>911</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>927</v>
+        <v>912</v>
       </c>
       <c r="D271" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E271" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F271" t="s">
-        <v>393</v>
+        <v>560</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>138</v>
+        <v>913</v>
       </c>
       <c r="H271" t="s">
-        <v>928</v>
+        <v>914</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>929</v>
+        <v>915</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>930</v>
+        <v>916</v>
       </c>
       <c r="D272" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E272" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F272" t="s">
-        <v>393</v>
+        <v>560</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>138</v>
+        <v>917</v>
       </c>
       <c r="H272" t="s">
-        <v>931</v>
+        <v>918</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>932</v>
+        <v>919</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>933</v>
+        <v>920</v>
       </c>
       <c r="D273" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E273" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F273" t="s">
-        <v>393</v>
+        <v>560</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>138</v>
+        <v>921</v>
       </c>
       <c r="H273" t="s">
-        <v>934</v>
+        <v>922</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>935</v>
+        <v>923</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>936</v>
+        <v>924</v>
       </c>
       <c r="D274" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E274" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F274" t="s">
-        <v>393</v>
+        <v>475</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>138</v>
+        <v>925</v>
       </c>
       <c r="H274" t="s">
-        <v>937</v>
+        <v>926</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>938</v>
+        <v>927</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>939</v>
+        <v>928</v>
       </c>
       <c r="D275" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E275" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F275" t="s">
-        <v>419</v>
+        <v>676</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>940</v>
+        <v>929</v>
       </c>
       <c r="H275" t="s">
-        <v>941</v>
+        <v>930</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>942</v>
+        <v>931</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>943</v>
+        <v>932</v>
       </c>
       <c r="D276" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E276" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F276" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>944</v>
+        <v>933</v>
       </c>
       <c r="H276" t="s">
-        <v>945</v>
+        <v>934</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>946</v>
+        <v>935</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>947</v>
+        <v>936</v>
       </c>
       <c r="D277" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E277" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F277" t="s">
-        <v>948</v>
+        <v>479</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>949</v>
+        <v>937</v>
       </c>
       <c r="H277" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>951</v>
+        <v>939</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>952</v>
+        <v>940</v>
       </c>
       <c r="D278" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E278" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F278" t="s">
-        <v>400</v>
+        <v>475</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>953</v>
+        <v>941</v>
       </c>
       <c r="H278" t="s">
-        <v>954</v>
+        <v>942</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>955</v>
+        <v>943</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>956</v>
+        <v>944</v>
       </c>
       <c r="D279" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E279" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F279" t="s">
-        <v>404</v>
+        <v>468</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>957</v>
+        <v>138</v>
       </c>
       <c r="H279" t="s">
-        <v>958</v>
+        <v>945</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>959</v>
+        <v>946</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>960</v>
+        <v>947</v>
       </c>
       <c r="D280" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E280" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F280" t="s">
-        <v>400</v>
+        <v>468</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>961</v>
+        <v>138</v>
       </c>
       <c r="H280" t="s">
-        <v>962</v>
+        <v>948</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>963</v>
+        <v>949</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="D281" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E281" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F281" t="s">
-        <v>965</v>
+        <v>468</v>
       </c>
       <c r="G281" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H281" t="s">
-        <v>966</v>
+        <v>951</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>967</v>
+        <v>952</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>968</v>
+        <v>953</v>
       </c>
       <c r="D282" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E282" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F282" t="s">
-        <v>393</v>
+        <v>564</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>138</v>
+        <v>954</v>
       </c>
       <c r="H282" t="s">
-        <v>969</v>
+        <v>955</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>970</v>
+        <v>956</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>971</v>
+        <v>957</v>
       </c>
       <c r="D283" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E283" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F283" t="s">
-        <v>557</v>
+        <v>475</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>972</v>
+        <v>958</v>
       </c>
       <c r="H283" t="s">
-        <v>973</v>
+        <v>959</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>974</v>
+        <v>960</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>975</v>
+        <v>961</v>
       </c>
       <c r="D284" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E284" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F284" t="s">
-        <v>557</v>
+        <v>962</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>976</v>
+        <v>963</v>
       </c>
       <c r="H284" t="s">
-        <v>973</v>
+        <v>964</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>977</v>
+        <v>965</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>978</v>
+        <v>966</v>
       </c>
       <c r="D285" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E285" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F285" t="s">
-        <v>557</v>
+        <v>676</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>979</v>
+        <v>967</v>
       </c>
       <c r="H285" t="s">
-        <v>980</v>
+        <v>968</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>981</v>
+        <v>969</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>982</v>
+        <v>970</v>
       </c>
       <c r="D286" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E286" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F286" t="s">
-        <v>584</v>
+        <v>468</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>983</v>
+        <v>138</v>
       </c>
       <c r="H286" t="s">
-        <v>984</v>
+        <v>971</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>985</v>
+        <v>972</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>986</v>
+        <v>973</v>
       </c>
       <c r="D287" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E287" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F287" t="s">
-        <v>584</v>
+        <v>468</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>987</v>
+        <v>138</v>
       </c>
       <c r="H287" t="s">
-        <v>988</v>
+        <v>974</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>989</v>
+        <v>975</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>990</v>
+        <v>976</v>
       </c>
       <c r="D288" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E288" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F288" t="s">
-        <v>411</v>
+        <v>468</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>991</v>
+        <v>138</v>
       </c>
       <c r="H288" t="s">
-        <v>992</v>
+        <v>977</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>993</v>
+        <v>978</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>994</v>
+        <v>979</v>
       </c>
       <c r="D289" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E289" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F289" t="s">
-        <v>400</v>
+        <v>468</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>995</v>
+        <v>138</v>
       </c>
       <c r="H289" t="s">
-        <v>996</v>
+        <v>980</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>997</v>
+        <v>981</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>998</v>
+        <v>982</v>
       </c>
       <c r="D290" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E290" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F290" t="s">
-        <v>584</v>
+        <v>468</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>999</v>
+        <v>138</v>
       </c>
       <c r="H290" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>1002</v>
+        <v>985</v>
       </c>
       <c r="D291" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E291" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F291" t="s">
-        <v>584</v>
+        <v>468</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1003</v>
+        <v>138</v>
       </c>
       <c r="H291" t="s">
-        <v>1004</v>
+        <v>986</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1005</v>
+        <v>987</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>1006</v>
+        <v>988</v>
       </c>
       <c r="D292" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E292" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F292" t="s">
-        <v>400</v>
+        <v>468</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1007</v>
+        <v>138</v>
       </c>
       <c r="H292" t="s">
-        <v>1008</v>
+        <v>989</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1009</v>
+        <v>990</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>1010</v>
+        <v>991</v>
       </c>
       <c r="D293" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E293" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F293" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G293" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H293" t="s">
-        <v>1011</v>
+        <v>992</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1012</v>
+        <v>993</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>1013</v>
+        <v>994</v>
       </c>
       <c r="D294" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E294" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F294" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G294" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H294" t="s">
-        <v>1014</v>
+        <v>995</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1015</v>
+        <v>996</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>1016</v>
+        <v>997</v>
       </c>
       <c r="D295" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E295" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F295" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G295" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H295" t="s">
-        <v>1017</v>
+        <v>998</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1018</v>
+        <v>999</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>1019</v>
+        <v>1000</v>
       </c>
       <c r="D296" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E296" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F296" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G296" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H296" t="s">
-        <v>1020</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1021</v>
+        <v>1002</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>1022</v>
+        <v>1003</v>
       </c>
       <c r="D297" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E297" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F297" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G297" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H297" t="s">
-        <v>1023</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1024</v>
+        <v>1005</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>1025</v>
+        <v>1006</v>
       </c>
       <c r="D298" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E298" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F298" t="s">
-        <v>400</v>
+        <v>468</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1026</v>
+        <v>138</v>
       </c>
       <c r="H298" t="s">
-        <v>1027</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1028</v>
+        <v>1008</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>1029</v>
+        <v>1009</v>
       </c>
       <c r="D299" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E299" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F299" t="s">
-        <v>411</v>
+        <v>468</v>
       </c>
       <c r="G299" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H299" t="s">
-        <v>1030</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1031</v>
+        <v>1011</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>1032</v>
+        <v>1012</v>
       </c>
       <c r="D300" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E300" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F300" t="s">
-        <v>584</v>
+        <v>494</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>138</v>
+        <v>1013</v>
       </c>
       <c r="H300" t="s">
-        <v>1033</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1034</v>
+        <v>1015</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>1035</v>
+        <v>1016</v>
       </c>
       <c r="D301" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E301" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F301" t="s">
-        <v>584</v>
+        <v>560</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>138</v>
+        <v>1017</v>
       </c>
       <c r="H301" t="s">
-        <v>1036</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1037</v>
+        <v>1019</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>1038</v>
+        <v>1020</v>
       </c>
       <c r="D302" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E302" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F302" t="s">
-        <v>1039</v>
+        <v>1021</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1040</v>
+        <v>1022</v>
       </c>
       <c r="H302" t="s">
-        <v>1041</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1042</v>
+        <v>1024</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>1043</v>
+        <v>1025</v>
       </c>
       <c r="D303" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E303" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F303" t="s">
-        <v>393</v>
+        <v>475</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>138</v>
+        <v>1026</v>
       </c>
       <c r="H303" t="s">
-        <v>1044</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1045</v>
+        <v>1028</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>1046</v>
+        <v>1029</v>
       </c>
       <c r="D304" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E304" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F304" t="s">
-        <v>393</v>
+        <v>479</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>138</v>
+        <v>1030</v>
       </c>
       <c r="H304" t="s">
-        <v>1047</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1048</v>
+        <v>1032</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>1049</v>
+        <v>1033</v>
       </c>
       <c r="D305" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E305" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F305" t="s">
-        <v>393</v>
+        <v>475</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>138</v>
+        <v>1034</v>
       </c>
       <c r="H305" t="s">
-        <v>1050</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1051</v>
+        <v>1036</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>1052</v>
+        <v>1037</v>
       </c>
       <c r="D306" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E306" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F306" t="s">
-        <v>393</v>
+        <v>1038</v>
       </c>
       <c r="G306" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H306" t="s">
-        <v>1053</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1054</v>
+        <v>1040</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>1055</v>
+        <v>1041</v>
       </c>
       <c r="D307" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E307" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F307" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G307" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H307" t="s">
-        <v>1056</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1057</v>
+        <v>1043</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>1058</v>
+        <v>1044</v>
       </c>
       <c r="D308" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E308" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F308" t="s">
-        <v>419</v>
+        <v>649</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1059</v>
+        <v>1045</v>
       </c>
       <c r="H308" t="s">
-        <v>1060</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1061</v>
+        <v>1047</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>1062</v>
+        <v>1048</v>
       </c>
       <c r="D309" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E309" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F309" t="s">
-        <v>404</v>
+        <v>649</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1063</v>
+        <v>1049</v>
       </c>
       <c r="H309" t="s">
-        <v>1064</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1065</v>
+        <v>1050</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>1066</v>
+        <v>1051</v>
       </c>
       <c r="D310" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E310" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F310" t="s">
-        <v>400</v>
+        <v>649</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1067</v>
+        <v>1052</v>
       </c>
       <c r="H310" t="s">
-        <v>1068</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1069</v>
+        <v>1054</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>1070</v>
+        <v>1055</v>
       </c>
       <c r="D311" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E311" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F311" t="s">
-        <v>584</v>
+        <v>676</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1071</v>
+        <v>1056</v>
       </c>
       <c r="H311" t="s">
-        <v>1072</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1073</v>
+        <v>1058</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>1074</v>
+        <v>1059</v>
       </c>
       <c r="D312" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E312" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F312" t="s">
-        <v>419</v>
+        <v>676</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1075</v>
+        <v>1060</v>
       </c>
       <c r="H312" t="s">
-        <v>1076</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1077</v>
+        <v>1062</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>1078</v>
+        <v>1063</v>
       </c>
       <c r="D313" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E313" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F313" t="s">
-        <v>1079</v>
+        <v>486</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1080</v>
+        <v>1064</v>
       </c>
       <c r="H313" t="s">
-        <v>1081</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1082</v>
+        <v>1066</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>1083</v>
+        <v>1067</v>
       </c>
       <c r="D314" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E314" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F314" t="s">
-        <v>393</v>
+        <v>475</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>138</v>
+        <v>1068</v>
       </c>
       <c r="H314" t="s">
-        <v>1084</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1085</v>
+        <v>1070</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>1086</v>
+        <v>1071</v>
       </c>
       <c r="D315" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E315" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F315" t="s">
-        <v>393</v>
+        <v>676</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>138</v>
+        <v>1072</v>
       </c>
       <c r="H315" t="s">
-        <v>1087</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1088</v>
+        <v>1074</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>1089</v>
+        <v>1075</v>
       </c>
       <c r="D316" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E316" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F316" t="s">
-        <v>393</v>
+        <v>676</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>138</v>
+        <v>1076</v>
       </c>
       <c r="H316" t="s">
-        <v>1090</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1091</v>
+        <v>1078</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>1092</v>
+        <v>1079</v>
       </c>
       <c r="D317" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E317" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F317" t="s">
-        <v>495</v>
+        <v>475</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1093</v>
+        <v>1080</v>
       </c>
       <c r="H317" t="s">
-        <v>1094</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1095</v>
+        <v>1082</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>1096</v>
+        <v>1083</v>
       </c>
       <c r="D318" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E318" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F318" t="s">
-        <v>400</v>
+        <v>468</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1097</v>
+        <v>138</v>
       </c>
       <c r="H318" t="s">
-        <v>1098</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1099</v>
+        <v>1085</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>1100</v>
+        <v>1086</v>
       </c>
       <c r="D319" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E319" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F319" t="s">
-        <v>400</v>
+        <v>468</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1101</v>
+        <v>138</v>
       </c>
       <c r="H319" t="s">
-        <v>1102</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1103</v>
+        <v>1088</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>1104</v>
+        <v>1089</v>
       </c>
       <c r="D320" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E320" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F320" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G320" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H320" t="s">
-        <v>1105</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1106</v>
+        <v>1091</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>1107</v>
+        <v>1092</v>
       </c>
       <c r="D321" t="s">
-        <v>508</v>
+        <v>600</v>
       </c>
       <c r="E321" t="s">
-        <v>509</v>
+        <v>601</v>
       </c>
       <c r="F321" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G321" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H321" t="s">
-        <v>1108</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1109</v>
+        <v>1094</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>10</v>
+        <v>1095</v>
       </c>
       <c r="D322" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E322" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F322" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1112</v>
+        <v>138</v>
       </c>
       <c r="H322" t="s">
-        <v>1113</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1114</v>
+        <v>1097</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>17</v>
+        <v>1098</v>
       </c>
       <c r="D323" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E323" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F323" t="s">
-        <v>419</v>
+        <v>475</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1115</v>
+        <v>1099</v>
       </c>
       <c r="H323" t="s">
-        <v>1116</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1117</v>
+        <v>1101</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>21</v>
+        <v>1102</v>
       </c>
       <c r="D324" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E324" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F324" t="s">
-        <v>419</v>
+        <v>486</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1118</v>
+        <v>138</v>
       </c>
       <c r="H324" t="s">
-        <v>1119</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1120</v>
+        <v>1104</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>25</v>
+        <v>1105</v>
       </c>
       <c r="D325" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E325" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F325" t="s">
-        <v>1121</v>
+        <v>676</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1122</v>
+        <v>138</v>
       </c>
       <c r="H325" t="s">
-        <v>1123</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1124</v>
+        <v>1107</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>29</v>
+        <v>1108</v>
       </c>
       <c r="D326" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E326" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F326" t="s">
-        <v>476</v>
+        <v>676</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1125</v>
+        <v>138</v>
       </c>
       <c r="H326" t="s">
-        <v>1126</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1127</v>
+        <v>1110</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>33</v>
+        <v>1111</v>
       </c>
       <c r="D327" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E327" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F327" t="s">
-        <v>404</v>
+        <v>1112</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1128</v>
+        <v>1113</v>
       </c>
       <c r="H327" t="s">
-        <v>1129</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1130</v>
+        <v>1115</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>37</v>
+        <v>1116</v>
       </c>
       <c r="D328" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E328" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F328" t="s">
-        <v>404</v>
+        <v>468</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1131</v>
+        <v>138</v>
       </c>
       <c r="H328" t="s">
-        <v>1132</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1133</v>
+        <v>1118</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>41</v>
+        <v>1119</v>
       </c>
       <c r="D329" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E329" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F329" t="s">
-        <v>557</v>
+        <v>468</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1134</v>
+        <v>138</v>
       </c>
       <c r="H329" t="s">
-        <v>1135</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1136</v>
+        <v>1121</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>45</v>
+        <v>1122</v>
       </c>
       <c r="D330" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E330" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F330" t="s">
-        <v>557</v>
+        <v>468</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1137</v>
+        <v>138</v>
       </c>
       <c r="H330" t="s">
-        <v>1138</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1139</v>
+        <v>1124</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>49</v>
+        <v>1125</v>
       </c>
       <c r="D331" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E331" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F331" t="s">
-        <v>557</v>
+        <v>468</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1140</v>
+        <v>138</v>
       </c>
       <c r="H331" t="s">
-        <v>1141</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1142</v>
+        <v>1127</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>53</v>
+        <v>1128</v>
       </c>
       <c r="D332" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E332" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F332" t="s">
-        <v>557</v>
+        <v>468</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1143</v>
+        <v>138</v>
       </c>
       <c r="H332" t="s">
-        <v>1144</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1145</v>
+        <v>1130</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>57</v>
+        <v>1131</v>
       </c>
       <c r="D333" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E333" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F333" t="s">
-        <v>557</v>
+        <v>494</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1146</v>
+        <v>1132</v>
       </c>
       <c r="H333" t="s">
-        <v>1147</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1148</v>
+        <v>1134</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>61</v>
+        <v>1135</v>
       </c>
       <c r="D334" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E334" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F334" t="s">
-        <v>557</v>
+        <v>479</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1149</v>
+        <v>1136</v>
       </c>
       <c r="H334" t="s">
-        <v>1150</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1151</v>
+        <v>1138</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>65</v>
+        <v>1139</v>
       </c>
       <c r="D335" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E335" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F335" t="s">
-        <v>393</v>
+        <v>475</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1152</v>
+        <v>1140</v>
       </c>
       <c r="H335" t="s">
-        <v>1153</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1154</v>
+        <v>1142</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>69</v>
+        <v>1143</v>
       </c>
       <c r="D336" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E336" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F336" t="s">
-        <v>404</v>
+        <v>676</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1155</v>
+        <v>1144</v>
       </c>
       <c r="H336" t="s">
-        <v>1156</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1157</v>
+        <v>1146</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>73</v>
+        <v>1147</v>
       </c>
       <c r="D337" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E337" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F337" t="s">
-        <v>404</v>
+        <v>494</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1158</v>
+        <v>1148</v>
       </c>
       <c r="H337" t="s">
-        <v>1159</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1160</v>
+        <v>1150</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>77</v>
+        <v>1151</v>
       </c>
       <c r="D338" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E338" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F338" t="s">
-        <v>404</v>
+        <v>1152</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1161</v>
+        <v>1153</v>
       </c>
       <c r="H338" t="s">
-        <v>1162</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1163</v>
+        <v>1155</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>81</v>
+        <v>1156</v>
       </c>
       <c r="D339" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E339" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F339" t="s">
-        <v>557</v>
+        <v>468</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1164</v>
+        <v>138</v>
       </c>
       <c r="H339" t="s">
-        <v>1165</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1166</v>
+        <v>1158</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>85</v>
+        <v>1159</v>
       </c>
       <c r="D340" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E340" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F340" t="s">
-        <v>419</v>
+        <v>468</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1167</v>
+        <v>138</v>
       </c>
       <c r="H340" t="s">
-        <v>1168</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1169</v>
+        <v>1161</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>89</v>
+        <v>1162</v>
       </c>
       <c r="D341" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E341" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F341" t="s">
-        <v>419</v>
+        <v>468</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1170</v>
+        <v>138</v>
       </c>
       <c r="H341" t="s">
-        <v>1171</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1172</v>
+        <v>1164</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>93</v>
+        <v>1165</v>
       </c>
       <c r="D342" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E342" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F342" t="s">
-        <v>393</v>
+        <v>585</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1173</v>
+        <v>1166</v>
       </c>
       <c r="H342" t="s">
-        <v>1174</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1175</v>
+        <v>1168</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>97</v>
+        <v>1169</v>
       </c>
       <c r="D343" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E343" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F343" t="s">
-        <v>557</v>
+        <v>475</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1176</v>
+        <v>1170</v>
       </c>
       <c r="H343" t="s">
-        <v>1177</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1178</v>
+        <v>1172</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>101</v>
+        <v>1173</v>
       </c>
       <c r="D344" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E344" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F344" t="s">
-        <v>404</v>
+        <v>475</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1179</v>
+        <v>1174</v>
       </c>
       <c r="H344" t="s">
-        <v>1180</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1181</v>
+        <v>1176</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>105</v>
+        <v>1177</v>
       </c>
       <c r="D345" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E345" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F345" t="s">
-        <v>1182</v>
+        <v>468</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1183</v>
+        <v>138</v>
       </c>
       <c r="H345" t="s">
-        <v>1184</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1185</v>
+        <v>1179</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>109</v>
+        <v>1180</v>
       </c>
       <c r="D346" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E346" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F346" t="s">
-        <v>411</v>
+        <v>468</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1186</v>
+        <v>138</v>
       </c>
       <c r="H346" t="s">
-        <v>1187</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1188</v>
+        <v>1182</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>113</v>
+        <v>1183</v>
       </c>
       <c r="D347" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E347" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F347" t="s">
-        <v>411</v>
+        <v>1184</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1189</v>
+        <v>138</v>
       </c>
       <c r="H347" t="s">
-        <v>1190</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1191</v>
+        <v>1186</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>117</v>
+        <v>1187</v>
       </c>
       <c r="D348" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E348" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F348" t="s">
-        <v>557</v>
+        <v>1152</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1192</v>
+        <v>1188</v>
       </c>
       <c r="H348" t="s">
-        <v>1193</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1194</v>
+        <v>1190</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>121</v>
+        <v>1191</v>
       </c>
       <c r="D349" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E349" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F349" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1195</v>
+        <v>138</v>
       </c>
       <c r="H349" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>125</v>
+        <v>1194</v>
       </c>
       <c r="D350" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E350" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F350" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1198</v>
+        <v>1195</v>
       </c>
       <c r="H350" t="s">
-        <v>1199</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1200</v>
+        <v>1197</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>129</v>
+        <v>1198</v>
       </c>
       <c r="D351" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E351" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F351" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1201</v>
+        <v>138</v>
       </c>
       <c r="H351" t="s">
-        <v>1202</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1203</v>
+        <v>1200</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>133</v>
+        <v>1201</v>
       </c>
       <c r="D352" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E352" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F352" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1204</v>
+        <v>138</v>
       </c>
       <c r="H352" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1206</v>
+        <v>1203</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>137</v>
+        <v>1204</v>
       </c>
       <c r="D353" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E353" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F353" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1207</v>
+        <v>138</v>
       </c>
       <c r="H353" t="s">
-        <v>1208</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1209</v>
+        <v>1206</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>141</v>
+        <v>1207</v>
       </c>
       <c r="D354" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E354" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F354" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1210</v>
+        <v>138</v>
       </c>
       <c r="H354" t="s">
-        <v>1211</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1212</v>
+        <v>1209</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>145</v>
+        <v>1210</v>
       </c>
       <c r="D355" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E355" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F355" t="s">
-        <v>1213</v>
+        <v>468</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1214</v>
+        <v>138</v>
       </c>
       <c r="H355" t="s">
-        <v>1215</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1216</v>
+        <v>1212</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>149</v>
+        <v>1213</v>
       </c>
       <c r="D356" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E356" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F356" t="s">
-        <v>404</v>
+        <v>676</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1217</v>
+        <v>1214</v>
       </c>
       <c r="H356" t="s">
-        <v>1218</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B357" t="s">
+        <v>9</v>
+      </c>
+      <c r="C357" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D357" t="s">
+        <v>600</v>
+      </c>
+      <c r="E357" t="s">
+        <v>601</v>
+      </c>
+      <c r="F357" t="s">
+        <v>676</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>1218</v>
+      </c>
+      <c r="H357" t="s">
         <v>1219</v>
-      </c>
-[...19 lines deleted...]
-        <v>1222</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B358" t="s">
+        <v>9</v>
+      </c>
+      <c r="C358" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D358" t="s">
+        <v>600</v>
+      </c>
+      <c r="E358" t="s">
+        <v>601</v>
+      </c>
+      <c r="F358" t="s">
+        <v>676</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="H358" t="s">
         <v>1223</v>
-      </c>
-[...19 lines deleted...]
-        <v>1226</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B359" t="s">
+        <v>9</v>
+      </c>
+      <c r="C359" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D359" t="s">
+        <v>600</v>
+      </c>
+      <c r="E359" t="s">
+        <v>601</v>
+      </c>
+      <c r="F359" t="s">
+        <v>555</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>1226</v>
+      </c>
+      <c r="H359" t="s">
         <v>1227</v>
-      </c>
-[...19 lines deleted...]
-        <v>1229</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B360" t="s">
+        <v>9</v>
+      </c>
+      <c r="C360" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D360" t="s">
+        <v>600</v>
+      </c>
+      <c r="E360" t="s">
+        <v>601</v>
+      </c>
+      <c r="F360" t="s">
+        <v>676</v>
+      </c>
+      <c r="G360" s="1" t="s">
         <v>1230</v>
       </c>
-      <c r="B360" t="s">
-[...11 lines deleted...]
-      <c r="F360" t="s">
+      <c r="H360" t="s">
         <v>1231</v>
-      </c>
-[...4 lines deleted...]
-        <v>1233</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B361" t="s">
+        <v>9</v>
+      </c>
+      <c r="C361" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D361" t="s">
+        <v>600</v>
+      </c>
+      <c r="E361" t="s">
+        <v>601</v>
+      </c>
+      <c r="F361" t="s">
+        <v>468</v>
+      </c>
+      <c r="G361" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H361" t="s">
         <v>1234</v>
-      </c>
-[...19 lines deleted...]
-        <v>1236</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B362" t="s">
+        <v>9</v>
+      </c>
+      <c r="C362" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D362" t="s">
+        <v>600</v>
+      </c>
+      <c r="E362" t="s">
+        <v>601</v>
+      </c>
+      <c r="F362" t="s">
+        <v>468</v>
+      </c>
+      <c r="G362" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H362" t="s">
         <v>1237</v>
-      </c>
-[...19 lines deleted...]
-        <v>1239</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B363" t="s">
+        <v>9</v>
+      </c>
+      <c r="C363" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D363" t="s">
+        <v>600</v>
+      </c>
+      <c r="E363" t="s">
+        <v>601</v>
+      </c>
+      <c r="F363" t="s">
+        <v>468</v>
+      </c>
+      <c r="G363" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H363" t="s">
         <v>1240</v>
-      </c>
-[...19 lines deleted...]
-        <v>1242</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B364" t="s">
+        <v>9</v>
+      </c>
+      <c r="C364" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D364" t="s">
+        <v>600</v>
+      </c>
+      <c r="E364" t="s">
+        <v>601</v>
+      </c>
+      <c r="F364" t="s">
+        <v>468</v>
+      </c>
+      <c r="G364" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H364" t="s">
         <v>1243</v>
-      </c>
-[...19 lines deleted...]
-        <v>1245</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B365" t="s">
+        <v>9</v>
+      </c>
+      <c r="C365" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D365" t="s">
+        <v>600</v>
+      </c>
+      <c r="E365" t="s">
+        <v>601</v>
+      </c>
+      <c r="F365" t="s">
+        <v>468</v>
+      </c>
+      <c r="G365" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H365" t="s">
         <v>1246</v>
-      </c>
-[...19 lines deleted...]
-        <v>1248</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B366" t="s">
+        <v>9</v>
+      </c>
+      <c r="C366" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D366" t="s">
+        <v>600</v>
+      </c>
+      <c r="E366" t="s">
+        <v>601</v>
+      </c>
+      <c r="F366" t="s">
+        <v>468</v>
+      </c>
+      <c r="G366" s="1" t="s">
         <v>1249</v>
       </c>
-      <c r="B366" t="s">
-[...14 lines deleted...]
-      <c r="G366" s="1" t="s">
+      <c r="H366" t="s">
         <v>1250</v>
-      </c>
-[...1 lines deleted...]
-        <v>1251</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B367" t="s">
+        <v>9</v>
+      </c>
+      <c r="C367" t="s">
         <v>1252</v>
       </c>
-      <c r="B367" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D367" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E367" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F367" t="s">
-        <v>404</v>
+        <v>475</v>
       </c>
       <c r="G367" s="1" t="s">
         <v>1253</v>
       </c>
       <c r="H367" t="s">
         <v>1254</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
         <v>1255</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>197</v>
+        <v>1256</v>
       </c>
       <c r="D368" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E368" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F368" t="s">
-        <v>404</v>
+        <v>676</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="H368" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>201</v>
+        <v>1260</v>
       </c>
       <c r="D369" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E369" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F369" t="s">
-        <v>404</v>
+        <v>676</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="H369" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>205</v>
+        <v>1264</v>
       </c>
       <c r="D370" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E370" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F370" t="s">
-        <v>557</v>
+        <v>676</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="H370" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>209</v>
+        <v>1268</v>
       </c>
       <c r="D371" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E371" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F371" t="s">
-        <v>400</v>
+        <v>468</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1265</v>
+        <v>138</v>
       </c>
       <c r="H371" t="s">
-        <v>1266</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1267</v>
+        <v>1270</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>213</v>
+        <v>1271</v>
       </c>
       <c r="D372" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E372" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F372" t="s">
-        <v>404</v>
+        <v>468</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1268</v>
+        <v>138</v>
       </c>
       <c r="H372" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1270</v>
+        <v>1273</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>217</v>
+        <v>1274</v>
       </c>
       <c r="D373" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E373" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F373" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1271</v>
+        <v>138</v>
       </c>
       <c r="H373" t="s">
-        <v>1272</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1273</v>
+        <v>1276</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>221</v>
+        <v>1277</v>
       </c>
       <c r="D374" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E374" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F374" t="s">
-        <v>557</v>
+        <v>468</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1274</v>
+        <v>138</v>
       </c>
       <c r="H374" t="s">
-        <v>1275</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1276</v>
+        <v>1279</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>225</v>
+        <v>1280</v>
       </c>
       <c r="D375" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E375" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F375" t="s">
-        <v>404</v>
+        <v>468</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1277</v>
+        <v>138</v>
       </c>
       <c r="H375" t="s">
-        <v>1278</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>229</v>
+        <v>1283</v>
       </c>
       <c r="D376" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E376" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F376" t="s">
-        <v>404</v>
+        <v>468</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1280</v>
+        <v>138</v>
       </c>
       <c r="H376" t="s">
-        <v>1281</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>233</v>
+        <v>1286</v>
       </c>
       <c r="D377" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E377" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F377" t="s">
-        <v>400</v>
+        <v>560</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="H377" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>237</v>
+        <v>1290</v>
       </c>
       <c r="D378" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E378" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F378" t="s">
-        <v>404</v>
+        <v>475</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1286</v>
+        <v>1291</v>
       </c>
       <c r="H378" t="s">
-        <v>1287</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1288</v>
+        <v>1293</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>241</v>
+        <v>1294</v>
       </c>
       <c r="D379" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E379" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F379" t="s">
-        <v>393</v>
+        <v>475</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1289</v>
+        <v>1295</v>
       </c>
       <c r="H379" t="s">
-        <v>1290</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>245</v>
+        <v>1298</v>
       </c>
       <c r="D380" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E380" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F380" t="s">
-        <v>393</v>
+        <v>475</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1292</v>
+        <v>1299</v>
       </c>
       <c r="H380" t="s">
-        <v>1293</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1294</v>
+        <v>1301</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>249</v>
+        <v>1302</v>
       </c>
       <c r="D381" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E381" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F381" t="s">
-        <v>429</v>
+        <v>468</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1295</v>
+        <v>138</v>
       </c>
       <c r="H381" t="s">
-        <v>1296</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1297</v>
+        <v>1304</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>253</v>
+        <v>1305</v>
       </c>
       <c r="D382" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E382" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F382" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1298</v>
+        <v>138</v>
       </c>
       <c r="H382" t="s">
-        <v>1299</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1300</v>
+        <v>1307</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>257</v>
+        <v>1308</v>
       </c>
       <c r="D383" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E383" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F383" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1301</v>
+        <v>1309</v>
       </c>
       <c r="H383" t="s">
-        <v>1302</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1303</v>
+        <v>1311</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>261</v>
+        <v>1312</v>
       </c>
       <c r="D384" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E384" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F384" t="s">
-        <v>404</v>
+        <v>486</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1304</v>
+        <v>1313</v>
       </c>
       <c r="H384" t="s">
-        <v>1305</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1306</v>
+        <v>1315</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>265</v>
+        <v>1316</v>
       </c>
       <c r="D385" t="s">
-        <v>1110</v>
+        <v>600</v>
       </c>
       <c r="E385" t="s">
-        <v>1111</v>
+        <v>601</v>
       </c>
       <c r="F385" t="s">
-        <v>400</v>
+        <v>649</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1307</v>
+        <v>1317</v>
       </c>
       <c r="H385" t="s">
-        <v>1308</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1309</v>
+        <v>1319</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>269</v>
+        <v>10</v>
       </c>
       <c r="D386" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E386" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F386" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1310</v>
+        <v>1322</v>
       </c>
       <c r="H386" t="s">
-        <v>1311</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1312</v>
+        <v>1324</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>273</v>
+        <v>17</v>
       </c>
       <c r="D387" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E387" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F387" t="s">
-        <v>404</v>
+        <v>494</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1313</v>
+        <v>1325</v>
       </c>
       <c r="H387" t="s">
-        <v>1314</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1315</v>
+        <v>1327</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>277</v>
+        <v>21</v>
       </c>
       <c r="D388" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E388" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F388" t="s">
-        <v>404</v>
+        <v>494</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1316</v>
+        <v>1328</v>
       </c>
       <c r="H388" t="s">
-        <v>1317</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1318</v>
+        <v>1330</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>281</v>
+        <v>25</v>
       </c>
       <c r="D389" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E389" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F389" t="s">
-        <v>476</v>
+        <v>1331</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1319</v>
+        <v>1332</v>
       </c>
       <c r="H389" t="s">
-        <v>1320</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B390" t="s">
+        <v>9</v>
+      </c>
+      <c r="C390" t="s">
+        <v>29</v>
+      </c>
+      <c r="D390" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E390" t="s">
         <v>1321</v>
       </c>
-      <c r="B390" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F390" t="s">
-        <v>476</v>
+        <v>560</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1322</v>
+        <v>1335</v>
       </c>
       <c r="H390" t="s">
-        <v>1323</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1324</v>
+        <v>1337</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>289</v>
+        <v>33</v>
       </c>
       <c r="D391" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E391" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F391" t="s">
-        <v>557</v>
+        <v>479</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1325</v>
+        <v>1338</v>
       </c>
       <c r="H391" t="s">
-        <v>1326</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1327</v>
+        <v>1340</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>293</v>
+        <v>37</v>
       </c>
       <c r="D392" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E392" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F392" t="s">
-        <v>411</v>
+        <v>479</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1328</v>
+        <v>1341</v>
       </c>
       <c r="H392" t="s">
-        <v>1329</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1330</v>
+        <v>1343</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>297</v>
+        <v>41</v>
       </c>
       <c r="D393" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E393" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F393" t="s">
-        <v>476</v>
+        <v>649</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1331</v>
+        <v>1344</v>
       </c>
       <c r="H393" t="s">
-        <v>1332</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1333</v>
+        <v>1346</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>301</v>
+        <v>45</v>
       </c>
       <c r="D394" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E394" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F394" t="s">
-        <v>411</v>
+        <v>649</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1334</v>
+        <v>1347</v>
       </c>
       <c r="H394" t="s">
-        <v>1335</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1336</v>
+        <v>1349</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>305</v>
+        <v>49</v>
       </c>
       <c r="D395" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E395" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F395" t="s">
-        <v>404</v>
+        <v>649</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1337</v>
+        <v>1350</v>
       </c>
       <c r="H395" t="s">
-        <v>1338</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1339</v>
+        <v>1352</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>309</v>
+        <v>53</v>
       </c>
       <c r="D396" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E396" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F396" t="s">
-        <v>522</v>
+        <v>649</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1340</v>
+        <v>1353</v>
       </c>
       <c r="H396" t="s">
-        <v>1341</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1342</v>
+        <v>1355</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>313</v>
+        <v>57</v>
       </c>
       <c r="D397" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E397" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F397" t="s">
-        <v>400</v>
+        <v>649</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1343</v>
+        <v>1356</v>
       </c>
       <c r="H397" t="s">
-        <v>1344</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1345</v>
+        <v>1358</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>317</v>
+        <v>61</v>
       </c>
       <c r="D398" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E398" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F398" t="s">
-        <v>419</v>
+        <v>649</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1346</v>
+        <v>1359</v>
       </c>
       <c r="H398" t="s">
-        <v>1347</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1348</v>
+        <v>1361</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>321</v>
+        <v>65</v>
       </c>
       <c r="D399" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E399" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F399" t="s">
-        <v>419</v>
+        <v>468</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1349</v>
+        <v>1362</v>
       </c>
       <c r="H399" t="s">
-        <v>1350</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1351</v>
+        <v>1364</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>325</v>
+        <v>69</v>
       </c>
       <c r="D400" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E400" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F400" t="s">
-        <v>404</v>
+        <v>479</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1352</v>
+        <v>1365</v>
       </c>
       <c r="H400" t="s">
-        <v>1353</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1354</v>
+        <v>1367</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>329</v>
+        <v>73</v>
       </c>
       <c r="D401" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E401" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F401" t="s">
-        <v>404</v>
+        <v>479</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1355</v>
+        <v>1368</v>
       </c>
       <c r="H401" t="s">
-        <v>1356</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1357</v>
+        <v>1370</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>333</v>
+        <v>77</v>
       </c>
       <c r="D402" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E402" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F402" t="s">
-        <v>404</v>
+        <v>479</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1358</v>
+        <v>1371</v>
       </c>
       <c r="H402" t="s">
-        <v>1359</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1360</v>
+        <v>1373</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>337</v>
+        <v>81</v>
       </c>
       <c r="D403" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E403" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F403" t="s">
-        <v>404</v>
+        <v>649</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1361</v>
+        <v>1374</v>
       </c>
       <c r="H403" t="s">
-        <v>1362</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1363</v>
+        <v>1376</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>341</v>
+        <v>85</v>
       </c>
       <c r="D404" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E404" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F404" t="s">
-        <v>411</v>
+        <v>494</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1364</v>
+        <v>1377</v>
       </c>
       <c r="H404" t="s">
-        <v>1365</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1366</v>
+        <v>1379</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>345</v>
+        <v>89</v>
       </c>
       <c r="D405" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E405" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F405" t="s">
-        <v>557</v>
+        <v>494</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1367</v>
+        <v>1380</v>
       </c>
       <c r="H405" t="s">
-        <v>1368</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1369</v>
+        <v>1382</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>349</v>
+        <v>93</v>
       </c>
       <c r="D406" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E406" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F406" t="s">
-        <v>557</v>
+        <v>468</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1370</v>
+        <v>1383</v>
       </c>
       <c r="H406" t="s">
-        <v>1371</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1372</v>
+        <v>1385</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>353</v>
+        <v>97</v>
       </c>
       <c r="D407" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E407" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F407" t="s">
-        <v>557</v>
+        <v>649</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1373</v>
+        <v>1386</v>
       </c>
       <c r="H407" t="s">
-        <v>1374</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1375</v>
+        <v>1388</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>357</v>
+        <v>101</v>
       </c>
       <c r="D408" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E408" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F408" t="s">
-        <v>557</v>
+        <v>479</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1376</v>
+        <v>1389</v>
       </c>
       <c r="H408" t="s">
-        <v>1377</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1378</v>
+        <v>1391</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>360</v>
+        <v>105</v>
       </c>
       <c r="D409" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E409" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F409" t="s">
-        <v>584</v>
+        <v>1392</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1379</v>
+        <v>1393</v>
       </c>
       <c r="H409" t="s">
-        <v>1380</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1381</v>
+        <v>1395</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>364</v>
+        <v>109</v>
       </c>
       <c r="D410" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E410" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F410" t="s">
-        <v>1213</v>
+        <v>486</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1382</v>
+        <v>1396</v>
       </c>
       <c r="H410" t="s">
-        <v>1383</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1384</v>
+        <v>1398</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>368</v>
+        <v>113</v>
       </c>
       <c r="D411" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E411" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F411" t="s">
-        <v>1213</v>
+        <v>486</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1385</v>
+        <v>1399</v>
       </c>
       <c r="H411" t="s">
-        <v>1386</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1387</v>
+        <v>1401</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>372</v>
+        <v>117</v>
       </c>
       <c r="D412" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E412" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F412" t="s">
-        <v>480</v>
+        <v>649</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1388</v>
+        <v>1402</v>
       </c>
       <c r="H412" t="s">
-        <v>1389</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1390</v>
+        <v>1404</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>376</v>
+        <v>121</v>
       </c>
       <c r="D413" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E413" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F413" t="s">
-        <v>584</v>
+        <v>555</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1391</v>
+        <v>1405</v>
       </c>
       <c r="H413" t="s">
-        <v>1392</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1393</v>
+        <v>1407</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>380</v>
+        <v>125</v>
       </c>
       <c r="D414" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E414" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F414" t="s">
-        <v>476</v>
+        <v>560</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>138</v>
+        <v>1408</v>
       </c>
       <c r="H414" t="s">
-        <v>1394</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1395</v>
+        <v>1410</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>763</v>
+        <v>129</v>
       </c>
       <c r="D415" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E415" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F415" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1396</v>
+        <v>1411</v>
       </c>
       <c r="H415" t="s">
-        <v>1397</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1398</v>
+        <v>1413</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>766</v>
+        <v>133</v>
       </c>
       <c r="D416" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E416" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F416" t="s">
-        <v>471</v>
+        <v>560</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1399</v>
+        <v>1414</v>
       </c>
       <c r="H416" t="s">
-        <v>1400</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1401</v>
+        <v>1416</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>769</v>
+        <v>137</v>
       </c>
       <c r="D417" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E417" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F417" t="s">
-        <v>404</v>
+        <v>560</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1402</v>
+        <v>1417</v>
       </c>
       <c r="H417" t="s">
-        <v>1403</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1404</v>
+        <v>1419</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>772</v>
+        <v>141</v>
       </c>
       <c r="D418" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E418" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F418" t="s">
-        <v>404</v>
+        <v>560</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1405</v>
+        <v>1420</v>
       </c>
       <c r="H418" t="s">
-        <v>1406</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1407</v>
+        <v>1422</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>775</v>
+        <v>145</v>
       </c>
       <c r="D419" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E419" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F419" t="s">
-        <v>404</v>
+        <v>1184</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1408</v>
+        <v>1423</v>
       </c>
       <c r="H419" t="s">
-        <v>1409</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1410</v>
+        <v>1425</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>778</v>
+        <v>149</v>
       </c>
       <c r="D420" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E420" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F420" t="s">
-        <v>393</v>
+        <v>479</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1411</v>
+        <v>1426</v>
       </c>
       <c r="H420" t="s">
-        <v>1412</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1413</v>
+        <v>1428</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>781</v>
+        <v>153</v>
       </c>
       <c r="D421" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E421" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F421" t="s">
-        <v>393</v>
+        <v>1429</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1414</v>
+        <v>1430</v>
       </c>
       <c r="H421" t="s">
-        <v>1415</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1416</v>
+        <v>1432</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>784</v>
+        <v>157</v>
       </c>
       <c r="D422" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E422" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F422" t="s">
-        <v>404</v>
+        <v>1433</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1417</v>
+        <v>1434</v>
       </c>
       <c r="H422" t="s">
-        <v>1418</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1419</v>
+        <v>1436</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>788</v>
+        <v>161</v>
       </c>
       <c r="D423" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E423" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F423" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1420</v>
+        <v>1437</v>
       </c>
       <c r="H423" t="s">
-        <v>1421</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1422</v>
+        <v>1439</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>792</v>
+        <v>165</v>
       </c>
       <c r="D424" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E424" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F424" t="s">
-        <v>476</v>
+        <v>1440</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1423</v>
+        <v>1441</v>
       </c>
       <c r="H424" t="s">
-        <v>1424</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1425</v>
+        <v>1443</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>796</v>
+        <v>169</v>
       </c>
       <c r="D425" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E425" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F425" t="s">
-        <v>400</v>
+        <v>468</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1426</v>
+        <v>1444</v>
       </c>
       <c r="H425" t="s">
-        <v>1427</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1428</v>
+        <v>1446</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>800</v>
+        <v>173</v>
       </c>
       <c r="D426" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E426" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F426" t="s">
-        <v>557</v>
+        <v>649</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1429</v>
+        <v>1447</v>
       </c>
       <c r="H426" t="s">
-        <v>1430</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1431</v>
+        <v>1449</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>805</v>
+        <v>177</v>
       </c>
       <c r="D427" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E427" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F427" t="s">
-        <v>557</v>
+        <v>649</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1432</v>
+        <v>1450</v>
       </c>
       <c r="H427" t="s">
-        <v>1433</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1434</v>
+        <v>1452</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>809</v>
+        <v>181</v>
       </c>
       <c r="D428" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E428" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F428" t="s">
-        <v>400</v>
+        <v>468</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1435</v>
+        <v>1453</v>
       </c>
       <c r="H428" t="s">
-        <v>1436</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1437</v>
+        <v>1455</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>813</v>
+        <v>185</v>
       </c>
       <c r="D429" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E429" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F429" t="s">
-        <v>404</v>
+        <v>486</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1438</v>
+        <v>1456</v>
       </c>
       <c r="H429" t="s">
-        <v>1439</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1440</v>
+        <v>1458</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>817</v>
+        <v>189</v>
       </c>
       <c r="D430" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E430" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F430" t="s">
-        <v>557</v>
+        <v>479</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1441</v>
+        <v>1459</v>
       </c>
       <c r="H430" t="s">
-        <v>1442</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1443</v>
+        <v>1461</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>821</v>
+        <v>193</v>
       </c>
       <c r="D431" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E431" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F431" t="s">
-        <v>557</v>
+        <v>479</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1444</v>
+        <v>1462</v>
       </c>
       <c r="H431" t="s">
-        <v>1445</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1446</v>
+        <v>1464</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>824</v>
+        <v>197</v>
       </c>
       <c r="D432" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E432" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F432" t="s">
-        <v>1447</v>
+        <v>479</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1448</v>
+        <v>1465</v>
       </c>
       <c r="H432" t="s">
-        <v>1449</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1450</v>
+        <v>1467</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>828</v>
+        <v>201</v>
       </c>
       <c r="D433" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E433" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F433" t="s">
-        <v>557</v>
+        <v>479</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1451</v>
+        <v>1468</v>
       </c>
       <c r="H433" t="s">
-        <v>1452</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1453</v>
+        <v>1470</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>832</v>
+        <v>205</v>
       </c>
       <c r="D434" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E434" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F434" t="s">
-        <v>404</v>
+        <v>649</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1454</v>
+        <v>1471</v>
       </c>
       <c r="H434" t="s">
-        <v>1455</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1456</v>
+        <v>1473</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>835</v>
+        <v>209</v>
       </c>
       <c r="D435" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E435" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F435" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1457</v>
+        <v>1474</v>
       </c>
       <c r="H435" t="s">
-        <v>1458</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1459</v>
+        <v>1476</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>839</v>
+        <v>213</v>
       </c>
       <c r="D436" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E436" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F436" t="s">
-        <v>801</v>
+        <v>479</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1460</v>
+        <v>1477</v>
       </c>
       <c r="H436" t="s">
-        <v>1461</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1462</v>
+        <v>1479</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>843</v>
+        <v>217</v>
       </c>
       <c r="D437" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E437" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F437" t="s">
-        <v>404</v>
+        <v>560</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1463</v>
+        <v>1480</v>
       </c>
       <c r="H437" t="s">
-        <v>1464</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1465</v>
+        <v>1482</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>847</v>
+        <v>221</v>
       </c>
       <c r="D438" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E438" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F438" t="s">
-        <v>557</v>
+        <v>649</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1466</v>
+        <v>1483</v>
       </c>
       <c r="H438" t="s">
-        <v>1467</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1468</v>
+        <v>1485</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>851</v>
+        <v>225</v>
       </c>
       <c r="D439" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E439" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F439" t="s">
-        <v>557</v>
+        <v>479</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1469</v>
+        <v>1486</v>
       </c>
       <c r="H439" t="s">
-        <v>1470</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1471</v>
+        <v>1488</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>855</v>
+        <v>229</v>
       </c>
       <c r="D440" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E440" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F440" t="s">
-        <v>393</v>
+        <v>479</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1472</v>
+        <v>1489</v>
       </c>
       <c r="H440" t="s">
-        <v>1473</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1474</v>
+        <v>1491</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>859</v>
+        <v>233</v>
       </c>
       <c r="D441" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E441" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F441" t="s">
-        <v>393</v>
+        <v>475</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1475</v>
+        <v>1492</v>
       </c>
       <c r="H441" t="s">
-        <v>1476</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1477</v>
+        <v>1494</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>863</v>
+        <v>237</v>
       </c>
       <c r="D442" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E442" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F442" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1478</v>
+        <v>1495</v>
       </c>
       <c r="H442" t="s">
-        <v>1479</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1480</v>
+        <v>1497</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>867</v>
+        <v>241</v>
       </c>
       <c r="D443" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E443" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F443" t="s">
-        <v>404</v>
+        <v>468</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1481</v>
+        <v>1498</v>
       </c>
       <c r="H443" t="s">
-        <v>1482</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1483</v>
+        <v>1500</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>871</v>
+        <v>245</v>
       </c>
       <c r="D444" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E444" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F444" t="s">
-        <v>404</v>
+        <v>468</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1484</v>
+        <v>1501</v>
       </c>
       <c r="H444" t="s">
-        <v>1485</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1486</v>
+        <v>1503</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>874</v>
+        <v>249</v>
       </c>
       <c r="D445" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E445" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F445" t="s">
-        <v>557</v>
+        <v>504</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>138</v>
+        <v>1504</v>
       </c>
       <c r="H445" t="s">
-        <v>1487</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1488</v>
+        <v>1506</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>877</v>
+        <v>253</v>
       </c>
       <c r="D446" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E446" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F446" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1489</v>
+        <v>1507</v>
       </c>
       <c r="H446" t="s">
-        <v>1490</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1491</v>
+        <v>1509</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>880</v>
+        <v>257</v>
       </c>
       <c r="D447" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E447" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F447" t="s">
-        <v>476</v>
+        <v>560</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1492</v>
+        <v>1510</v>
       </c>
       <c r="H447" t="s">
-        <v>1493</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1494</v>
+        <v>1512</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>884</v>
+        <v>261</v>
       </c>
       <c r="D448" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E448" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F448" t="s">
-        <v>411</v>
+        <v>479</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1495</v>
+        <v>1513</v>
       </c>
       <c r="H448" t="s">
-        <v>1496</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1497</v>
+        <v>1515</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>888</v>
+        <v>265</v>
       </c>
       <c r="D449" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E449" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F449" t="s">
-        <v>404</v>
+        <v>475</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1498</v>
+        <v>1516</v>
       </c>
       <c r="H449" t="s">
-        <v>1499</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1500</v>
+        <v>1518</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>893</v>
+        <v>269</v>
       </c>
       <c r="D450" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E450" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F450" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1501</v>
+        <v>1519</v>
       </c>
       <c r="H450" t="s">
-        <v>1502</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1503</v>
+        <v>1521</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>897</v>
+        <v>273</v>
       </c>
       <c r="D451" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E451" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F451" t="s">
-        <v>404</v>
+        <v>479</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1504</v>
+        <v>1522</v>
       </c>
       <c r="H451" t="s">
-        <v>1505</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1506</v>
+        <v>1524</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>900</v>
+        <v>277</v>
       </c>
       <c r="D452" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E452" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F452" t="s">
-        <v>400</v>
+        <v>479</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1507</v>
+        <v>1525</v>
       </c>
       <c r="H452" t="s">
-        <v>1508</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1509</v>
+        <v>1527</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>903</v>
+        <v>281</v>
       </c>
       <c r="D453" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E453" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F453" t="s">
-        <v>400</v>
+        <v>560</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1510</v>
+        <v>1528</v>
       </c>
       <c r="H453" t="s">
-        <v>1511</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>1512</v>
+        <v>1530</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>906</v>
+        <v>285</v>
       </c>
       <c r="D454" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E454" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F454" t="s">
-        <v>471</v>
+        <v>560</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1513</v>
+        <v>1531</v>
       </c>
       <c r="H454" t="s">
-        <v>1514</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1515</v>
+        <v>1533</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>909</v>
+        <v>289</v>
       </c>
       <c r="D455" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E455" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F455" t="s">
-        <v>404</v>
+        <v>649</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1516</v>
+        <v>1534</v>
       </c>
       <c r="H455" t="s">
-        <v>1517</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>1518</v>
+        <v>1536</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>912</v>
+        <v>293</v>
       </c>
       <c r="D456" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E456" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F456" t="s">
-        <v>1213</v>
+        <v>486</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1519</v>
+        <v>1537</v>
       </c>
       <c r="H456" t="s">
-        <v>1520</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1521</v>
+        <v>1539</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>915</v>
+        <v>297</v>
       </c>
       <c r="D457" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E457" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F457" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1522</v>
+        <v>1540</v>
       </c>
       <c r="H457" t="s">
-        <v>1523</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1524</v>
+        <v>1542</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>918</v>
+        <v>301</v>
       </c>
       <c r="D458" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E458" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F458" t="s">
-        <v>557</v>
+        <v>486</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1525</v>
+        <v>1543</v>
       </c>
       <c r="H458" t="s">
-        <v>1526</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1527</v>
+        <v>1545</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>921</v>
+        <v>305</v>
       </c>
       <c r="D459" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E459" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F459" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1528</v>
+        <v>1546</v>
       </c>
       <c r="H459" t="s">
-        <v>1529</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1530</v>
+        <v>1548</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>924</v>
+        <v>309</v>
       </c>
       <c r="D460" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E460" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F460" t="s">
-        <v>476</v>
+        <v>614</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1531</v>
+        <v>1549</v>
       </c>
       <c r="H460" t="s">
-        <v>1532</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1533</v>
+        <v>1551</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>927</v>
+        <v>313</v>
       </c>
       <c r="D461" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E461" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F461" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1534</v>
+        <v>1552</v>
       </c>
       <c r="H461" t="s">
-        <v>1535</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1536</v>
+        <v>1554</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>930</v>
+        <v>317</v>
       </c>
       <c r="D462" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E462" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F462" t="s">
-        <v>476</v>
+        <v>494</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1537</v>
+        <v>1555</v>
       </c>
       <c r="H462" t="s">
-        <v>1538</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1539</v>
+        <v>1557</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>933</v>
+        <v>321</v>
       </c>
       <c r="D463" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E463" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F463" t="s">
-        <v>476</v>
+        <v>494</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1540</v>
+        <v>1558</v>
       </c>
       <c r="H463" t="s">
-        <v>1541</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>1542</v>
+        <v>1560</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>936</v>
+        <v>325</v>
       </c>
       <c r="D464" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E464" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F464" t="s">
-        <v>400</v>
+        <v>479</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1543</v>
+        <v>1561</v>
       </c>
       <c r="H464" t="s">
-        <v>1544</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1545</v>
+        <v>1563</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>939</v>
+        <v>329</v>
       </c>
       <c r="D465" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E465" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F465" t="s">
-        <v>400</v>
+        <v>479</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1546</v>
+        <v>1564</v>
       </c>
       <c r="H465" t="s">
-        <v>1547</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1548</v>
+        <v>1566</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>943</v>
+        <v>333</v>
       </c>
       <c r="D466" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E466" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F466" t="s">
-        <v>522</v>
+        <v>479</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1549</v>
+        <v>1567</v>
       </c>
       <c r="H466" t="s">
-        <v>1550</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1551</v>
+        <v>1569</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>947</v>
+        <v>337</v>
       </c>
       <c r="D467" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E467" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F467" t="s">
-        <v>557</v>
+        <v>479</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1552</v>
+        <v>1570</v>
       </c>
       <c r="H467" t="s">
-        <v>1553</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1554</v>
+        <v>1572</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>952</v>
+        <v>341</v>
       </c>
       <c r="D468" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E468" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F468" t="s">
-        <v>411</v>
+        <v>486</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1555</v>
+        <v>1573</v>
       </c>
       <c r="H468" t="s">
-        <v>1556</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1557</v>
+        <v>1575</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>956</v>
+        <v>345</v>
       </c>
       <c r="D469" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E469" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F469" t="s">
-        <v>411</v>
+        <v>649</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1558</v>
+        <v>1576</v>
       </c>
       <c r="H469" t="s">
-        <v>1559</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>1560</v>
+        <v>1578</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>960</v>
+        <v>349</v>
       </c>
       <c r="D470" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E470" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F470" t="s">
-        <v>429</v>
+        <v>649</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1561</v>
+        <v>1579</v>
       </c>
       <c r="H470" t="s">
-        <v>1562</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1563</v>
+        <v>1581</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>964</v>
+        <v>353</v>
       </c>
       <c r="D471" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E471" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F471" t="s">
-        <v>1564</v>
+        <v>649</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1565</v>
+        <v>1582</v>
       </c>
       <c r="H471" t="s">
-        <v>1566</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>1567</v>
+        <v>1584</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>968</v>
+        <v>357</v>
       </c>
       <c r="D472" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E472" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F472" t="s">
-        <v>1568</v>
+        <v>649</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1569</v>
+        <v>1585</v>
       </c>
       <c r="H472" t="s">
-        <v>1570</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>1571</v>
+        <v>1587</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>971</v>
+        <v>360</v>
       </c>
       <c r="D473" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E473" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F473" t="s">
-        <v>404</v>
+        <v>676</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1572</v>
+        <v>1588</v>
       </c>
       <c r="H473" t="s">
-        <v>1573</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>1574</v>
+        <v>1590</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>975</v>
+        <v>364</v>
       </c>
       <c r="D474" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E474" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F474" t="s">
-        <v>1575</v>
+        <v>1184</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>138</v>
+        <v>1591</v>
       </c>
       <c r="H474" t="s">
-        <v>1576</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>1577</v>
+        <v>1593</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>978</v>
+        <v>368</v>
       </c>
       <c r="D475" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E475" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F475" t="s">
-        <v>557</v>
+        <v>1184</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>138</v>
+        <v>1594</v>
       </c>
       <c r="H475" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>1579</v>
+        <v>1596</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>982</v>
+        <v>372</v>
       </c>
       <c r="D476" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E476" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F476" t="s">
-        <v>476</v>
+        <v>564</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>138</v>
+        <v>1597</v>
       </c>
       <c r="H476" t="s">
-        <v>1580</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>1581</v>
+        <v>1599</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>986</v>
+        <v>376</v>
       </c>
       <c r="D477" t="s">
-        <v>1110</v>
+        <v>1320</v>
       </c>
       <c r="E477" t="s">
-        <v>1111</v>
+        <v>1321</v>
       </c>
       <c r="F477" t="s">
-        <v>404</v>
+        <v>676</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>138</v>
+        <v>1600</v>
       </c>
       <c r="H477" t="s">
-        <v>1582</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>1583</v>
+        <v>1602</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>10</v>
+        <v>380</v>
       </c>
       <c r="D478" t="s">
-        <v>1584</v>
+        <v>1320</v>
       </c>
       <c r="E478" t="s">
-        <v>1585</v>
+        <v>1321</v>
       </c>
       <c r="F478" t="s">
-        <v>1586</v>
+        <v>560</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1587</v>
+        <v>138</v>
       </c>
       <c r="H478" t="s">
-        <v>1588</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>1589</v>
+        <v>1604</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>17</v>
+        <v>384</v>
       </c>
       <c r="D479" t="s">
-        <v>1584</v>
+        <v>1320</v>
       </c>
       <c r="E479" t="s">
-        <v>1585</v>
+        <v>1321</v>
       </c>
       <c r="F479" t="s">
-        <v>476</v>
+        <v>649</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1590</v>
+        <v>1605</v>
       </c>
       <c r="H479" t="s">
-        <v>1591</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>1592</v>
+        <v>1607</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
+        <v>388</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E480" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F480" t="s">
+        <v>555</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>1608</v>
+      </c>
+      <c r="H480" t="s">
+        <v>1609</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B481" t="s">
+        <v>9</v>
+      </c>
+      <c r="C481" t="s">
+        <v>392</v>
+      </c>
+      <c r="D481" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E481" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F481" t="s">
+        <v>479</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>1611</v>
+      </c>
+      <c r="H481" t="s">
+        <v>1612</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B482" t="s">
+        <v>9</v>
+      </c>
+      <c r="C482" t="s">
+        <v>396</v>
+      </c>
+      <c r="D482" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E482" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F482" t="s">
+        <v>479</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>1614</v>
+      </c>
+      <c r="H482" t="s">
+        <v>1615</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B483" t="s">
+        <v>9</v>
+      </c>
+      <c r="C483" t="s">
+        <v>400</v>
+      </c>
+      <c r="D483" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E483" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F483" t="s">
+        <v>479</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>1617</v>
+      </c>
+      <c r="H483" t="s">
+        <v>1618</v>
+      </c>
+    </row>
+    <row r="484" spans="1:8">
+      <c r="A484" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B484" t="s">
+        <v>9</v>
+      </c>
+      <c r="C484" t="s">
+        <v>404</v>
+      </c>
+      <c r="D484" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E484" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F484" t="s">
+        <v>468</v>
+      </c>
+      <c r="G484" s="1" t="s">
+        <v>1620</v>
+      </c>
+      <c r="H484" t="s">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="485" spans="1:8">
+      <c r="A485" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B485" t="s">
+        <v>9</v>
+      </c>
+      <c r="C485" t="s">
+        <v>408</v>
+      </c>
+      <c r="D485" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E485" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F485" t="s">
+        <v>468</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>1623</v>
+      </c>
+      <c r="H485" t="s">
+        <v>1624</v>
+      </c>
+    </row>
+    <row r="486" spans="1:8">
+      <c r="A486" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B486" t="s">
+        <v>9</v>
+      </c>
+      <c r="C486" t="s">
+        <v>411</v>
+      </c>
+      <c r="D486" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E486" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F486" t="s">
+        <v>479</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>1626</v>
+      </c>
+      <c r="H486" t="s">
+        <v>1627</v>
+      </c>
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487" t="s">
+        <v>1628</v>
+      </c>
+      <c r="B487" t="s">
+        <v>9</v>
+      </c>
+      <c r="C487" t="s">
+        <v>415</v>
+      </c>
+      <c r="D487" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E487" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F487" t="s">
+        <v>560</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>1629</v>
+      </c>
+      <c r="H487" t="s">
+        <v>1630</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B488" t="s">
+        <v>9</v>
+      </c>
+      <c r="C488" t="s">
+        <v>419</v>
+      </c>
+      <c r="D488" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E488" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F488" t="s">
+        <v>560</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>1632</v>
+      </c>
+      <c r="H488" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B489" t="s">
+        <v>9</v>
+      </c>
+      <c r="C489" t="s">
+        <v>423</v>
+      </c>
+      <c r="D489" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E489" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F489" t="s">
+        <v>475</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>1635</v>
+      </c>
+      <c r="H489" t="s">
+        <v>1636</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B490" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" t="s">
+        <v>427</v>
+      </c>
+      <c r="D490" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E490" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F490" t="s">
+        <v>649</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>1638</v>
+      </c>
+      <c r="H490" t="s">
+        <v>1639</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" t="s">
+        <v>1640</v>
+      </c>
+      <c r="B491" t="s">
+        <v>9</v>
+      </c>
+      <c r="C491" t="s">
+        <v>431</v>
+      </c>
+      <c r="D491" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E491" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F491" t="s">
+        <v>649</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>1641</v>
+      </c>
+      <c r="H491" t="s">
+        <v>1642</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" t="s">
+        <v>1643</v>
+      </c>
+      <c r="B492" t="s">
+        <v>9</v>
+      </c>
+      <c r="C492" t="s">
+        <v>435</v>
+      </c>
+      <c r="D492" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E492" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F492" t="s">
+        <v>475</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>1644</v>
+      </c>
+      <c r="H492" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493" t="s">
+        <v>1646</v>
+      </c>
+      <c r="B493" t="s">
+        <v>9</v>
+      </c>
+      <c r="C493" t="s">
+        <v>439</v>
+      </c>
+      <c r="D493" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E493" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F493" t="s">
+        <v>479</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>1647</v>
+      </c>
+      <c r="H493" t="s">
+        <v>1648</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B494" t="s">
+        <v>9</v>
+      </c>
+      <c r="C494" t="s">
+        <v>443</v>
+      </c>
+      <c r="D494" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E494" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F494" t="s">
+        <v>649</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>1650</v>
+      </c>
+      <c r="H494" t="s">
+        <v>1651</v>
+      </c>
+    </row>
+    <row r="495" spans="1:8">
+      <c r="A495" t="s">
+        <v>1652</v>
+      </c>
+      <c r="B495" t="s">
+        <v>9</v>
+      </c>
+      <c r="C495" t="s">
+        <v>447</v>
+      </c>
+      <c r="D495" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E495" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F495" t="s">
+        <v>649</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>1653</v>
+      </c>
+      <c r="H495" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="496" spans="1:8">
+      <c r="A496" t="s">
+        <v>1655</v>
+      </c>
+      <c r="B496" t="s">
+        <v>9</v>
+      </c>
+      <c r="C496" t="s">
+        <v>451</v>
+      </c>
+      <c r="D496" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E496" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F496" t="s">
+        <v>1656</v>
+      </c>
+      <c r="G496" s="1" t="s">
+        <v>1657</v>
+      </c>
+      <c r="H496" t="s">
+        <v>1658</v>
+      </c>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497" t="s">
+        <v>1659</v>
+      </c>
+      <c r="B497" t="s">
+        <v>9</v>
+      </c>
+      <c r="C497" t="s">
+        <v>455</v>
+      </c>
+      <c r="D497" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E497" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F497" t="s">
+        <v>649</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="H497" t="s">
+        <v>1661</v>
+      </c>
+    </row>
+    <row r="498" spans="1:8">
+      <c r="A498" t="s">
+        <v>1662</v>
+      </c>
+      <c r="B498" t="s">
+        <v>9</v>
+      </c>
+      <c r="C498" t="s">
+        <v>905</v>
+      </c>
+      <c r="D498" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E498" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F498" t="s">
+        <v>479</v>
+      </c>
+      <c r="G498" s="1" t="s">
+        <v>1663</v>
+      </c>
+      <c r="H498" t="s">
+        <v>1664</v>
+      </c>
+    </row>
+    <row r="499" spans="1:8">
+      <c r="A499" t="s">
+        <v>1665</v>
+      </c>
+      <c r="B499" t="s">
+        <v>9</v>
+      </c>
+      <c r="C499" t="s">
+        <v>908</v>
+      </c>
+      <c r="D499" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E499" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F499" t="s">
+        <v>564</v>
+      </c>
+      <c r="G499" s="1" t="s">
+        <v>1666</v>
+      </c>
+      <c r="H499" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="500" spans="1:8">
+      <c r="A500" t="s">
+        <v>1668</v>
+      </c>
+      <c r="B500" t="s">
+        <v>9</v>
+      </c>
+      <c r="C500" t="s">
+        <v>912</v>
+      </c>
+      <c r="D500" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E500" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F500" t="s">
+        <v>881</v>
+      </c>
+      <c r="G500" s="1" t="s">
+        <v>1669</v>
+      </c>
+      <c r="H500" t="s">
+        <v>1670</v>
+      </c>
+    </row>
+    <row r="501" spans="1:8">
+      <c r="A501" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B501" t="s">
+        <v>9</v>
+      </c>
+      <c r="C501" t="s">
+        <v>916</v>
+      </c>
+      <c r="D501" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E501" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F501" t="s">
+        <v>479</v>
+      </c>
+      <c r="G501" s="1" t="s">
+        <v>1672</v>
+      </c>
+      <c r="H501" t="s">
+        <v>1673</v>
+      </c>
+    </row>
+    <row r="502" spans="1:8">
+      <c r="A502" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B502" t="s">
+        <v>9</v>
+      </c>
+      <c r="C502" t="s">
+        <v>920</v>
+      </c>
+      <c r="D502" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E502" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F502" t="s">
+        <v>649</v>
+      </c>
+      <c r="G502" s="1" t="s">
+        <v>1675</v>
+      </c>
+      <c r="H502" t="s">
+        <v>1676</v>
+      </c>
+    </row>
+    <row r="503" spans="1:8">
+      <c r="A503" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B503" t="s">
+        <v>9</v>
+      </c>
+      <c r="C503" t="s">
+        <v>924</v>
+      </c>
+      <c r="D503" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E503" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F503" t="s">
+        <v>649</v>
+      </c>
+      <c r="G503" s="1" t="s">
+        <v>1678</v>
+      </c>
+      <c r="H503" t="s">
+        <v>1679</v>
+      </c>
+    </row>
+    <row r="504" spans="1:8">
+      <c r="A504" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B504" t="s">
+        <v>9</v>
+      </c>
+      <c r="C504" t="s">
+        <v>928</v>
+      </c>
+      <c r="D504" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E504" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F504" t="s">
+        <v>468</v>
+      </c>
+      <c r="G504" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="H504" t="s">
+        <v>1682</v>
+      </c>
+    </row>
+    <row r="505" spans="1:8">
+      <c r="A505" t="s">
+        <v>1683</v>
+      </c>
+      <c r="B505" t="s">
+        <v>9</v>
+      </c>
+      <c r="C505" t="s">
+        <v>932</v>
+      </c>
+      <c r="D505" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E505" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F505" t="s">
+        <v>468</v>
+      </c>
+      <c r="G505" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="H505" t="s">
+        <v>1685</v>
+      </c>
+    </row>
+    <row r="506" spans="1:8">
+      <c r="A506" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B506" t="s">
+        <v>9</v>
+      </c>
+      <c r="C506" t="s">
+        <v>936</v>
+      </c>
+      <c r="D506" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E506" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F506" t="s">
+        <v>560</v>
+      </c>
+      <c r="G506" s="1" t="s">
+        <v>1687</v>
+      </c>
+      <c r="H506" t="s">
+        <v>1688</v>
+      </c>
+    </row>
+    <row r="507" spans="1:8">
+      <c r="A507" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B507" t="s">
+        <v>9</v>
+      </c>
+      <c r="C507" t="s">
+        <v>940</v>
+      </c>
+      <c r="D507" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E507" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F507" t="s">
+        <v>479</v>
+      </c>
+      <c r="G507" s="1" t="s">
+        <v>1690</v>
+      </c>
+      <c r="H507" t="s">
+        <v>1691</v>
+      </c>
+    </row>
+    <row r="508" spans="1:8">
+      <c r="A508" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B508" t="s">
+        <v>9</v>
+      </c>
+      <c r="C508" t="s">
+        <v>944</v>
+      </c>
+      <c r="D508" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E508" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F508" t="s">
+        <v>479</v>
+      </c>
+      <c r="G508" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="H508" t="s">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="509" spans="1:8">
+      <c r="A509" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B509" t="s">
+        <v>9</v>
+      </c>
+      <c r="C509" t="s">
+        <v>947</v>
+      </c>
+      <c r="D509" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E509" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F509" t="s">
+        <v>649</v>
+      </c>
+      <c r="G509" s="1" t="s">
+        <v>1696</v>
+      </c>
+      <c r="H509" t="s">
+        <v>1697</v>
+      </c>
+    </row>
+    <row r="510" spans="1:8">
+      <c r="A510" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B510" t="s">
+        <v>9</v>
+      </c>
+      <c r="C510" t="s">
+        <v>950</v>
+      </c>
+      <c r="D510" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E510" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F510" t="s">
+        <v>560</v>
+      </c>
+      <c r="G510" s="1" t="s">
+        <v>1699</v>
+      </c>
+      <c r="H510" t="s">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="511" spans="1:8">
+      <c r="A511" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B511" t="s">
+        <v>9</v>
+      </c>
+      <c r="C511" t="s">
+        <v>953</v>
+      </c>
+      <c r="D511" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E511" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F511" t="s">
+        <v>560</v>
+      </c>
+      <c r="G511" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="H511" t="s">
+        <v>1703</v>
+      </c>
+    </row>
+    <row r="512" spans="1:8">
+      <c r="A512" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B512" t="s">
+        <v>9</v>
+      </c>
+      <c r="C512" t="s">
+        <v>957</v>
+      </c>
+      <c r="D512" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E512" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F512" t="s">
+        <v>486</v>
+      </c>
+      <c r="G512" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="H512" t="s">
+        <v>1706</v>
+      </c>
+    </row>
+    <row r="513" spans="1:8">
+      <c r="A513" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B513" t="s">
+        <v>9</v>
+      </c>
+      <c r="C513" t="s">
+        <v>961</v>
+      </c>
+      <c r="D513" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E513" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F513" t="s">
+        <v>479</v>
+      </c>
+      <c r="G513" s="1" t="s">
+        <v>1708</v>
+      </c>
+      <c r="H513" t="s">
+        <v>1709</v>
+      </c>
+    </row>
+    <row r="514" spans="1:8">
+      <c r="A514" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B514" t="s">
+        <v>9</v>
+      </c>
+      <c r="C514" t="s">
+        <v>966</v>
+      </c>
+      <c r="D514" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E514" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F514" t="s">
+        <v>560</v>
+      </c>
+      <c r="G514" s="1" t="s">
+        <v>1711</v>
+      </c>
+      <c r="H514" t="s">
+        <v>1712</v>
+      </c>
+    </row>
+    <row r="515" spans="1:8">
+      <c r="A515" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B515" t="s">
+        <v>9</v>
+      </c>
+      <c r="C515" t="s">
+        <v>970</v>
+      </c>
+      <c r="D515" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E515" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F515" t="s">
+        <v>479</v>
+      </c>
+      <c r="G515" s="1" t="s">
+        <v>1714</v>
+      </c>
+      <c r="H515" t="s">
+        <v>1715</v>
+      </c>
+    </row>
+    <row r="516" spans="1:8">
+      <c r="A516" t="s">
+        <v>1716</v>
+      </c>
+      <c r="B516" t="s">
+        <v>9</v>
+      </c>
+      <c r="C516" t="s">
+        <v>973</v>
+      </c>
+      <c r="D516" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E516" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F516" t="s">
+        <v>475</v>
+      </c>
+      <c r="G516" s="1" t="s">
+        <v>1717</v>
+      </c>
+      <c r="H516" t="s">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="517" spans="1:8">
+      <c r="A517" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B517" t="s">
+        <v>9</v>
+      </c>
+      <c r="C517" t="s">
+        <v>976</v>
+      </c>
+      <c r="D517" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E517" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F517" t="s">
+        <v>475</v>
+      </c>
+      <c r="G517" s="1" t="s">
+        <v>1720</v>
+      </c>
+      <c r="H517" t="s">
+        <v>1721</v>
+      </c>
+    </row>
+    <row r="518" spans="1:8">
+      <c r="A518" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B518" t="s">
+        <v>9</v>
+      </c>
+      <c r="C518" t="s">
+        <v>979</v>
+      </c>
+      <c r="D518" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E518" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F518" t="s">
+        <v>555</v>
+      </c>
+      <c r="G518" s="1" t="s">
+        <v>1723</v>
+      </c>
+      <c r="H518" t="s">
+        <v>1724</v>
+      </c>
+    </row>
+    <row r="519" spans="1:8">
+      <c r="A519" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B519" t="s">
+        <v>9</v>
+      </c>
+      <c r="C519" t="s">
+        <v>982</v>
+      </c>
+      <c r="D519" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E519" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F519" t="s">
+        <v>479</v>
+      </c>
+      <c r="G519" s="1" t="s">
+        <v>1726</v>
+      </c>
+      <c r="H519" t="s">
+        <v>1727</v>
+      </c>
+    </row>
+    <row r="520" spans="1:8">
+      <c r="A520" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B520" t="s">
+        <v>9</v>
+      </c>
+      <c r="C520" t="s">
+        <v>985</v>
+      </c>
+      <c r="D520" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E520" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F520" t="s">
+        <v>1184</v>
+      </c>
+      <c r="G520" s="1" t="s">
+        <v>1729</v>
+      </c>
+      <c r="H520" t="s">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="521" spans="1:8">
+      <c r="A521" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B521" t="s">
+        <v>9</v>
+      </c>
+      <c r="C521" t="s">
+        <v>988</v>
+      </c>
+      <c r="D521" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E521" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F521" t="s">
+        <v>649</v>
+      </c>
+      <c r="G521" s="1" t="s">
+        <v>1732</v>
+      </c>
+      <c r="H521" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="522" spans="1:8">
+      <c r="A522" t="s">
+        <v>1734</v>
+      </c>
+      <c r="B522" t="s">
+        <v>9</v>
+      </c>
+      <c r="C522" t="s">
+        <v>991</v>
+      </c>
+      <c r="D522" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E522" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F522" t="s">
+        <v>649</v>
+      </c>
+      <c r="G522" s="1" t="s">
+        <v>1735</v>
+      </c>
+      <c r="H522" t="s">
+        <v>1736</v>
+      </c>
+    </row>
+    <row r="523" spans="1:8">
+      <c r="A523" t="s">
+        <v>1737</v>
+      </c>
+      <c r="B523" t="s">
+        <v>9</v>
+      </c>
+      <c r="C523" t="s">
+        <v>994</v>
+      </c>
+      <c r="D523" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E523" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F523" t="s">
+        <v>560</v>
+      </c>
+      <c r="G523" s="1" t="s">
+        <v>1738</v>
+      </c>
+      <c r="H523" t="s">
+        <v>1739</v>
+      </c>
+    </row>
+    <row r="524" spans="1:8">
+      <c r="A524" t="s">
+        <v>1740</v>
+      </c>
+      <c r="B524" t="s">
+        <v>9</v>
+      </c>
+      <c r="C524" t="s">
+        <v>997</v>
+      </c>
+      <c r="D524" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E524" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F524" t="s">
+        <v>560</v>
+      </c>
+      <c r="G524" s="1" t="s">
+        <v>1741</v>
+      </c>
+      <c r="H524" t="s">
+        <v>1742</v>
+      </c>
+    </row>
+    <row r="525" spans="1:8">
+      <c r="A525" t="s">
+        <v>1743</v>
+      </c>
+      <c r="B525" t="s">
+        <v>9</v>
+      </c>
+      <c r="C525" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D525" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E525" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F525" t="s">
+        <v>560</v>
+      </c>
+      <c r="G525" s="1" t="s">
+        <v>1744</v>
+      </c>
+      <c r="H525" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="526" spans="1:8">
+      <c r="A526" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B526" t="s">
+        <v>9</v>
+      </c>
+      <c r="C526" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D526" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E526" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F526" t="s">
+        <v>560</v>
+      </c>
+      <c r="G526" s="1" t="s">
+        <v>1747</v>
+      </c>
+      <c r="H526" t="s">
+        <v>1748</v>
+      </c>
+    </row>
+    <row r="527" spans="1:8">
+      <c r="A527" t="s">
+        <v>1749</v>
+      </c>
+      <c r="B527" t="s">
+        <v>9</v>
+      </c>
+      <c r="C527" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D527" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E527" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F527" t="s">
+        <v>560</v>
+      </c>
+      <c r="G527" s="1" t="s">
+        <v>1750</v>
+      </c>
+      <c r="H527" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="528" spans="1:8">
+      <c r="A528" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B528" t="s">
+        <v>9</v>
+      </c>
+      <c r="C528" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D528" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E528" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F528" t="s">
+        <v>475</v>
+      </c>
+      <c r="G528" s="1" t="s">
+        <v>1753</v>
+      </c>
+      <c r="H528" t="s">
+        <v>1754</v>
+      </c>
+    </row>
+    <row r="529" spans="1:8">
+      <c r="A529" t="s">
+        <v>1755</v>
+      </c>
+      <c r="B529" t="s">
+        <v>9</v>
+      </c>
+      <c r="C529" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D529" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E529" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F529" t="s">
+        <v>475</v>
+      </c>
+      <c r="G529" s="1" t="s">
+        <v>1756</v>
+      </c>
+      <c r="H529" t="s">
+        <v>1757</v>
+      </c>
+    </row>
+    <row r="530" spans="1:8">
+      <c r="A530" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B530" t="s">
+        <v>9</v>
+      </c>
+      <c r="C530" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D530" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E530" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F530" t="s">
+        <v>614</v>
+      </c>
+      <c r="G530" s="1" t="s">
+        <v>1759</v>
+      </c>
+      <c r="H530" t="s">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="531" spans="1:8">
+      <c r="A531" t="s">
+        <v>1761</v>
+      </c>
+      <c r="B531" t="s">
+        <v>9</v>
+      </c>
+      <c r="C531" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D531" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E531" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F531" t="s">
+        <v>649</v>
+      </c>
+      <c r="G531" s="1" t="s">
+        <v>1762</v>
+      </c>
+      <c r="H531" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="532" spans="1:8">
+      <c r="A532" t="s">
+        <v>1764</v>
+      </c>
+      <c r="B532" t="s">
+        <v>9</v>
+      </c>
+      <c r="C532" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D532" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E532" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F532" t="s">
+        <v>486</v>
+      </c>
+      <c r="G532" s="1" t="s">
+        <v>1765</v>
+      </c>
+      <c r="H532" t="s">
+        <v>1766</v>
+      </c>
+    </row>
+    <row r="533" spans="1:8">
+      <c r="A533" t="s">
+        <v>1767</v>
+      </c>
+      <c r="B533" t="s">
+        <v>9</v>
+      </c>
+      <c r="C533" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D533" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E533" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F533" t="s">
+        <v>486</v>
+      </c>
+      <c r="G533" s="1" t="s">
+        <v>1768</v>
+      </c>
+      <c r="H533" t="s">
+        <v>1769</v>
+      </c>
+    </row>
+    <row r="534" spans="1:8">
+      <c r="A534" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B534" t="s">
+        <v>9</v>
+      </c>
+      <c r="C534" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D534" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E534" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F534" t="s">
+        <v>504</v>
+      </c>
+      <c r="G534" s="1" t="s">
+        <v>1771</v>
+      </c>
+      <c r="H534" t="s">
+        <v>1772</v>
+      </c>
+    </row>
+    <row r="535" spans="1:8">
+      <c r="A535" t="s">
+        <v>1773</v>
+      </c>
+      <c r="B535" t="s">
+        <v>9</v>
+      </c>
+      <c r="C535" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D535" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E535" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F535" t="s">
+        <v>1774</v>
+      </c>
+      <c r="G535" s="1" t="s">
+        <v>1775</v>
+      </c>
+      <c r="H535" t="s">
+        <v>1776</v>
+      </c>
+    </row>
+    <row r="536" spans="1:8">
+      <c r="A536" t="s">
+        <v>1777</v>
+      </c>
+      <c r="B536" t="s">
+        <v>9</v>
+      </c>
+      <c r="C536" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D536" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E536" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F536" t="s">
+        <v>1778</v>
+      </c>
+      <c r="G536" s="1" t="s">
+        <v>1779</v>
+      </c>
+      <c r="H536" t="s">
+        <v>1780</v>
+      </c>
+    </row>
+    <row r="537" spans="1:8">
+      <c r="A537" t="s">
+        <v>1781</v>
+      </c>
+      <c r="B537" t="s">
+        <v>9</v>
+      </c>
+      <c r="C537" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D537" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E537" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F537" t="s">
+        <v>479</v>
+      </c>
+      <c r="G537" s="1" t="s">
+        <v>1782</v>
+      </c>
+      <c r="H537" t="s">
+        <v>1783</v>
+      </c>
+    </row>
+    <row r="538" spans="1:8">
+      <c r="A538" t="s">
+        <v>1784</v>
+      </c>
+      <c r="B538" t="s">
+        <v>9</v>
+      </c>
+      <c r="C538" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D538" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E538" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F538" t="s">
+        <v>1785</v>
+      </c>
+      <c r="G538" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H538" t="s">
+        <v>1786</v>
+      </c>
+    </row>
+    <row r="539" spans="1:8">
+      <c r="A539" t="s">
+        <v>1787</v>
+      </c>
+      <c r="B539" t="s">
+        <v>9</v>
+      </c>
+      <c r="C539" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D539" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E539" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F539" t="s">
+        <v>649</v>
+      </c>
+      <c r="G539" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H539" t="s">
+        <v>1788</v>
+      </c>
+    </row>
+    <row r="540" spans="1:8">
+      <c r="A540" t="s">
+        <v>1789</v>
+      </c>
+      <c r="B540" t="s">
+        <v>9</v>
+      </c>
+      <c r="C540" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D540" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E540" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F540" t="s">
+        <v>560</v>
+      </c>
+      <c r="G540" s="1" t="s">
+        <v>1790</v>
+      </c>
+      <c r="H540" t="s">
+        <v>1791</v>
+      </c>
+    </row>
+    <row r="541" spans="1:8">
+      <c r="A541" t="s">
+        <v>1792</v>
+      </c>
+      <c r="B541" t="s">
+        <v>9</v>
+      </c>
+      <c r="C541" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D541" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E541" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F541" t="s">
+        <v>479</v>
+      </c>
+      <c r="G541" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H541" t="s">
+        <v>1793</v>
+      </c>
+    </row>
+    <row r="542" spans="1:8">
+      <c r="A542" t="s">
+        <v>1794</v>
+      </c>
+      <c r="B542" t="s">
+        <v>9</v>
+      </c>
+      <c r="C542" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D542" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E542" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F542" t="s">
+        <v>479</v>
+      </c>
+      <c r="G542" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H542" t="s">
+        <v>1795</v>
+      </c>
+    </row>
+    <row r="543" spans="1:8">
+      <c r="A543" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B543" t="s">
+        <v>9</v>
+      </c>
+      <c r="C543" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D543" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E543" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F543" t="s">
+        <v>1797</v>
+      </c>
+      <c r="G543" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H543" t="s">
+        <v>1798</v>
+      </c>
+    </row>
+    <row r="544" spans="1:8">
+      <c r="A544" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B544" t="s">
+        <v>9</v>
+      </c>
+      <c r="C544" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D544" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E544" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F544" t="s">
+        <v>649</v>
+      </c>
+      <c r="G544" s="1" t="s">
+        <v>1800</v>
+      </c>
+      <c r="H544" t="s">
+        <v>1801</v>
+      </c>
+    </row>
+    <row r="545" spans="1:8">
+      <c r="A545" t="s">
+        <v>1802</v>
+      </c>
+      <c r="B545" t="s">
+        <v>9</v>
+      </c>
+      <c r="C545" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D545" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E545" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F545" t="s">
+        <v>479</v>
+      </c>
+      <c r="G545" s="1" t="s">
+        <v>1803</v>
+      </c>
+      <c r="H545" t="s">
+        <v>1804</v>
+      </c>
+    </row>
+    <row r="546" spans="1:8">
+      <c r="A546" t="s">
+        <v>1805</v>
+      </c>
+      <c r="B546" t="s">
+        <v>9</v>
+      </c>
+      <c r="C546" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D546" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E546" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F546" t="s">
+        <v>479</v>
+      </c>
+      <c r="G546" s="1" t="s">
+        <v>1806</v>
+      </c>
+      <c r="H546" t="s">
+        <v>1807</v>
+      </c>
+    </row>
+    <row r="547" spans="1:8">
+      <c r="A547" t="s">
+        <v>1808</v>
+      </c>
+      <c r="B547" t="s">
+        <v>9</v>
+      </c>
+      <c r="C547" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D547" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E547" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F547" t="s">
+        <v>479</v>
+      </c>
+      <c r="G547" s="1" t="s">
+        <v>1809</v>
+      </c>
+      <c r="H547" t="s">
+        <v>1810</v>
+      </c>
+    </row>
+    <row r="548" spans="1:8">
+      <c r="A548" t="s">
+        <v>1811</v>
+      </c>
+      <c r="B548" t="s">
+        <v>9</v>
+      </c>
+      <c r="C548" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D548" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E548" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F548" t="s">
+        <v>649</v>
+      </c>
+      <c r="G548" s="1" t="s">
+        <v>1812</v>
+      </c>
+      <c r="H548" t="s">
+        <v>1813</v>
+      </c>
+    </row>
+    <row r="549" spans="1:8">
+      <c r="A549" t="s">
+        <v>1814</v>
+      </c>
+      <c r="B549" t="s">
+        <v>9</v>
+      </c>
+      <c r="C549" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D549" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E549" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F549" t="s">
+        <v>555</v>
+      </c>
+      <c r="G549" s="1" t="s">
+        <v>1815</v>
+      </c>
+      <c r="H549" t="s">
+        <v>1816</v>
+      </c>
+    </row>
+    <row r="550" spans="1:8">
+      <c r="A550" t="s">
+        <v>1817</v>
+      </c>
+      <c r="B550" t="s">
+        <v>9</v>
+      </c>
+      <c r="C550" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D550" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E550" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F550" t="s">
+        <v>468</v>
+      </c>
+      <c r="G550" s="1" t="s">
+        <v>1818</v>
+      </c>
+      <c r="H550" t="s">
+        <v>1819</v>
+      </c>
+    </row>
+    <row r="551" spans="1:8">
+      <c r="A551" t="s">
+        <v>1820</v>
+      </c>
+      <c r="B551" t="s">
+        <v>9</v>
+      </c>
+      <c r="C551" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D551" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E551" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F551" t="s">
+        <v>479</v>
+      </c>
+      <c r="G551" s="1" t="s">
+        <v>1821</v>
+      </c>
+      <c r="H551" t="s">
+        <v>1822</v>
+      </c>
+    </row>
+    <row r="552" spans="1:8">
+      <c r="A552" t="s">
+        <v>1823</v>
+      </c>
+      <c r="B552" t="s">
+        <v>9</v>
+      </c>
+      <c r="C552" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D552" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E552" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F552" t="s">
+        <v>479</v>
+      </c>
+      <c r="G552" s="1" t="s">
+        <v>1824</v>
+      </c>
+      <c r="H552" t="s">
+        <v>1825</v>
+      </c>
+    </row>
+    <row r="553" spans="1:8">
+      <c r="A553" t="s">
+        <v>1826</v>
+      </c>
+      <c r="B553" t="s">
+        <v>9</v>
+      </c>
+      <c r="C553" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D553" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E553" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F553" t="s">
+        <v>649</v>
+      </c>
+      <c r="G553" s="1" t="s">
+        <v>1827</v>
+      </c>
+      <c r="H553" t="s">
+        <v>1828</v>
+      </c>
+    </row>
+    <row r="554" spans="1:8">
+      <c r="A554" t="s">
+        <v>1829</v>
+      </c>
+      <c r="B554" t="s">
+        <v>9</v>
+      </c>
+      <c r="C554" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D554" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E554" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F554" t="s">
+        <v>494</v>
+      </c>
+      <c r="G554" s="1" t="s">
+        <v>1830</v>
+      </c>
+      <c r="H554" t="s">
+        <v>1831</v>
+      </c>
+    </row>
+    <row r="555" spans="1:8">
+      <c r="A555" t="s">
+        <v>1832</v>
+      </c>
+      <c r="B555" t="s">
+        <v>9</v>
+      </c>
+      <c r="C555" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D555" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E555" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F555" t="s">
+        <v>494</v>
+      </c>
+      <c r="G555" s="1" t="s">
+        <v>1833</v>
+      </c>
+      <c r="H555" t="s">
+        <v>1834</v>
+      </c>
+    </row>
+    <row r="556" spans="1:8">
+      <c r="A556" t="s">
+        <v>1835</v>
+      </c>
+      <c r="B556" t="s">
+        <v>9</v>
+      </c>
+      <c r="C556" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D556" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E556" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F556" t="s">
+        <v>494</v>
+      </c>
+      <c r="G556" s="1" t="s">
+        <v>1836</v>
+      </c>
+      <c r="H556" t="s">
+        <v>1837</v>
+      </c>
+    </row>
+    <row r="557" spans="1:8">
+      <c r="A557" t="s">
+        <v>1838</v>
+      </c>
+      <c r="B557" t="s">
+        <v>9</v>
+      </c>
+      <c r="C557" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D557" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E557" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F557" t="s">
+        <v>560</v>
+      </c>
+      <c r="G557" s="1" t="s">
+        <v>1839</v>
+      </c>
+      <c r="H557" t="s">
+        <v>1840</v>
+      </c>
+    </row>
+    <row r="558" spans="1:8">
+      <c r="A558" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B558" t="s">
+        <v>9</v>
+      </c>
+      <c r="C558" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D558" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E558" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F558" t="s">
+        <v>494</v>
+      </c>
+      <c r="G558" s="1" t="s">
+        <v>1842</v>
+      </c>
+      <c r="H558" t="s">
+        <v>1843</v>
+      </c>
+    </row>
+    <row r="559" spans="1:8">
+      <c r="A559" t="s">
+        <v>1844</v>
+      </c>
+      <c r="B559" t="s">
+        <v>9</v>
+      </c>
+      <c r="C559" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D559" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E559" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F559" t="s">
+        <v>486</v>
+      </c>
+      <c r="G559" s="1" t="s">
+        <v>1845</v>
+      </c>
+      <c r="H559" t="s">
+        <v>1846</v>
+      </c>
+    </row>
+    <row r="560" spans="1:8">
+      <c r="A560" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B560" t="s">
+        <v>9</v>
+      </c>
+      <c r="C560" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D560" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E560" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F560" t="s">
+        <v>486</v>
+      </c>
+      <c r="G560" s="1" t="s">
+        <v>1848</v>
+      </c>
+      <c r="H560" t="s">
+        <v>1849</v>
+      </c>
+    </row>
+    <row r="561" spans="1:8">
+      <c r="A561" t="s">
+        <v>1850</v>
+      </c>
+      <c r="B561" t="s">
+        <v>9</v>
+      </c>
+      <c r="C561" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D561" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E561" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F561" t="s">
+        <v>564</v>
+      </c>
+      <c r="G561" s="1" t="s">
+        <v>1851</v>
+      </c>
+      <c r="H561" t="s">
+        <v>1852</v>
+      </c>
+    </row>
+    <row r="562" spans="1:8">
+      <c r="A562" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B562" t="s">
+        <v>9</v>
+      </c>
+      <c r="C562" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D562" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E562" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F562" t="s">
+        <v>479</v>
+      </c>
+      <c r="G562" s="1" t="s">
+        <v>1854</v>
+      </c>
+      <c r="H562" t="s">
+        <v>1855</v>
+      </c>
+    </row>
+    <row r="563" spans="1:8">
+      <c r="A563" t="s">
+        <v>1856</v>
+      </c>
+      <c r="B563" t="s">
+        <v>9</v>
+      </c>
+      <c r="C563" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D563" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E563" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F563" t="s">
+        <v>479</v>
+      </c>
+      <c r="G563" s="1" t="s">
+        <v>1857</v>
+      </c>
+      <c r="H563" t="s">
+        <v>1858</v>
+      </c>
+    </row>
+    <row r="564" spans="1:8">
+      <c r="A564" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B564" t="s">
+        <v>9</v>
+      </c>
+      <c r="C564" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D564" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E564" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F564" t="s">
+        <v>479</v>
+      </c>
+      <c r="G564" s="1" t="s">
+        <v>1860</v>
+      </c>
+      <c r="H564" t="s">
+        <v>1861</v>
+      </c>
+    </row>
+    <row r="565" spans="1:8">
+      <c r="A565" t="s">
+        <v>1862</v>
+      </c>
+      <c r="B565" t="s">
+        <v>9</v>
+      </c>
+      <c r="C565" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D565" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E565" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F565" t="s">
+        <v>649</v>
+      </c>
+      <c r="G565" s="1" t="s">
+        <v>1863</v>
+      </c>
+      <c r="H565" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="566" spans="1:8">
+      <c r="A566" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B566" t="s">
+        <v>9</v>
+      </c>
+      <c r="C566" t="s">
         <v>10</v>
       </c>
-      <c r="D480" t="s">
-[...5 lines deleted...]
-      <c r="F480" t="s">
+      <c r="D566" t="s">
+        <v>1866</v>
+      </c>
+      <c r="E566" t="s">
+        <v>1867</v>
+      </c>
+      <c r="F566" t="s">
+        <v>1868</v>
+      </c>
+      <c r="G566" s="1" t="s">
+        <v>1869</v>
+      </c>
+      <c r="H566" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="567" spans="1:8">
+      <c r="A567" t="s">
+        <v>1871</v>
+      </c>
+      <c r="B567" t="s">
+        <v>9</v>
+      </c>
+      <c r="C567" t="s">
+        <v>17</v>
+      </c>
+      <c r="D567" t="s">
+        <v>1866</v>
+      </c>
+      <c r="E567" t="s">
+        <v>1867</v>
+      </c>
+      <c r="F567" t="s">
+        <v>560</v>
+      </c>
+      <c r="G567" s="1" t="s">
+        <v>1872</v>
+      </c>
+      <c r="H567" t="s">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="568" spans="1:8">
+      <c r="A568" t="s">
+        <v>1874</v>
+      </c>
+      <c r="B568" t="s">
+        <v>9</v>
+      </c>
+      <c r="C568" t="s">
+        <v>10</v>
+      </c>
+      <c r="D568" t="s">
+        <v>1875</v>
+      </c>
+      <c r="E568" t="s">
+        <v>1876</v>
+      </c>
+      <c r="F568" t="s">
         <v>13</v>
       </c>
-      <c r="G480" s="1" t="s">
-[...3 lines deleted...]
-        <v>1596</v>
+      <c r="G568" s="1" t="s">
+        <v>1877</v>
+      </c>
+      <c r="H568" t="s">
+        <v>1878</v>
+      </c>
+    </row>
+    <row r="569" spans="1:8">
+      <c r="A569" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B569" t="s">
+        <v>9</v>
+      </c>
+      <c r="C569" t="s">
+        <v>10</v>
+      </c>
+      <c r="D569" t="s">
+        <v>1880</v>
+      </c>
+      <c r="E569" t="s">
+        <v>1881</v>
+      </c>
+      <c r="F569" t="s">
+        <v>13</v>
+      </c>
+      <c r="G569" s="1" t="s">
+        <v>1882</v>
+      </c>
+      <c r="H569" t="s">
+        <v>1883</v>
+      </c>
+    </row>
+    <row r="570" spans="1:8">
+      <c r="A570" t="s">
+        <v>1884</v>
+      </c>
+      <c r="B570" t="s">
+        <v>9</v>
+      </c>
+      <c r="C570" t="s">
+        <v>17</v>
+      </c>
+      <c r="D570" t="s">
+        <v>1880</v>
+      </c>
+      <c r="E570" t="s">
+        <v>1881</v>
+      </c>
+      <c r="F570" t="s">
+        <v>13</v>
+      </c>
+      <c r="G570" s="1" t="s">
+        <v>1885</v>
+      </c>
+      <c r="H570" t="s">
+        <v>382</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -18140,50 +21355,140 @@
     <hyperlink ref="G456" r:id="rId455"/>
     <hyperlink ref="G457" r:id="rId456"/>
     <hyperlink ref="G458" r:id="rId457"/>
     <hyperlink ref="G459" r:id="rId458"/>
     <hyperlink ref="G460" r:id="rId459"/>
     <hyperlink ref="G461" r:id="rId460"/>
     <hyperlink ref="G462" r:id="rId461"/>
     <hyperlink ref="G463" r:id="rId462"/>
     <hyperlink ref="G464" r:id="rId463"/>
     <hyperlink ref="G465" r:id="rId464"/>
     <hyperlink ref="G466" r:id="rId465"/>
     <hyperlink ref="G467" r:id="rId466"/>
     <hyperlink ref="G468" r:id="rId467"/>
     <hyperlink ref="G469" r:id="rId468"/>
     <hyperlink ref="G470" r:id="rId469"/>
     <hyperlink ref="G471" r:id="rId470"/>
     <hyperlink ref="G472" r:id="rId471"/>
     <hyperlink ref="G473" r:id="rId472"/>
     <hyperlink ref="G474" r:id="rId473"/>
     <hyperlink ref="G475" r:id="rId474"/>
     <hyperlink ref="G476" r:id="rId475"/>
     <hyperlink ref="G477" r:id="rId476"/>
     <hyperlink ref="G478" r:id="rId477"/>
     <hyperlink ref="G479" r:id="rId478"/>
     <hyperlink ref="G480" r:id="rId479"/>
+    <hyperlink ref="G481" r:id="rId480"/>
+    <hyperlink ref="G482" r:id="rId481"/>
+    <hyperlink ref="G483" r:id="rId482"/>
+    <hyperlink ref="G484" r:id="rId483"/>
+    <hyperlink ref="G485" r:id="rId484"/>
+    <hyperlink ref="G486" r:id="rId485"/>
+    <hyperlink ref="G487" r:id="rId486"/>
+    <hyperlink ref="G488" r:id="rId487"/>
+    <hyperlink ref="G489" r:id="rId488"/>
+    <hyperlink ref="G490" r:id="rId489"/>
+    <hyperlink ref="G491" r:id="rId490"/>
+    <hyperlink ref="G492" r:id="rId491"/>
+    <hyperlink ref="G493" r:id="rId492"/>
+    <hyperlink ref="G494" r:id="rId493"/>
+    <hyperlink ref="G495" r:id="rId494"/>
+    <hyperlink ref="G496" r:id="rId495"/>
+    <hyperlink ref="G497" r:id="rId496"/>
+    <hyperlink ref="G498" r:id="rId497"/>
+    <hyperlink ref="G499" r:id="rId498"/>
+    <hyperlink ref="G500" r:id="rId499"/>
+    <hyperlink ref="G501" r:id="rId500"/>
+    <hyperlink ref="G502" r:id="rId501"/>
+    <hyperlink ref="G503" r:id="rId502"/>
+    <hyperlink ref="G504" r:id="rId503"/>
+    <hyperlink ref="G505" r:id="rId504"/>
+    <hyperlink ref="G506" r:id="rId505"/>
+    <hyperlink ref="G507" r:id="rId506"/>
+    <hyperlink ref="G508" r:id="rId507"/>
+    <hyperlink ref="G509" r:id="rId508"/>
+    <hyperlink ref="G510" r:id="rId509"/>
+    <hyperlink ref="G511" r:id="rId510"/>
+    <hyperlink ref="G512" r:id="rId511"/>
+    <hyperlink ref="G513" r:id="rId512"/>
+    <hyperlink ref="G514" r:id="rId513"/>
+    <hyperlink ref="G515" r:id="rId514"/>
+    <hyperlink ref="G516" r:id="rId515"/>
+    <hyperlink ref="G517" r:id="rId516"/>
+    <hyperlink ref="G518" r:id="rId517"/>
+    <hyperlink ref="G519" r:id="rId518"/>
+    <hyperlink ref="G520" r:id="rId519"/>
+    <hyperlink ref="G521" r:id="rId520"/>
+    <hyperlink ref="G522" r:id="rId521"/>
+    <hyperlink ref="G523" r:id="rId522"/>
+    <hyperlink ref="G524" r:id="rId523"/>
+    <hyperlink ref="G525" r:id="rId524"/>
+    <hyperlink ref="G526" r:id="rId525"/>
+    <hyperlink ref="G527" r:id="rId526"/>
+    <hyperlink ref="G528" r:id="rId527"/>
+    <hyperlink ref="G529" r:id="rId528"/>
+    <hyperlink ref="G530" r:id="rId529"/>
+    <hyperlink ref="G531" r:id="rId530"/>
+    <hyperlink ref="G532" r:id="rId531"/>
+    <hyperlink ref="G533" r:id="rId532"/>
+    <hyperlink ref="G534" r:id="rId533"/>
+    <hyperlink ref="G535" r:id="rId534"/>
+    <hyperlink ref="G536" r:id="rId535"/>
+    <hyperlink ref="G537" r:id="rId536"/>
+    <hyperlink ref="G538" r:id="rId537"/>
+    <hyperlink ref="G539" r:id="rId538"/>
+    <hyperlink ref="G540" r:id="rId539"/>
+    <hyperlink ref="G541" r:id="rId540"/>
+    <hyperlink ref="G542" r:id="rId541"/>
+    <hyperlink ref="G543" r:id="rId542"/>
+    <hyperlink ref="G544" r:id="rId543"/>
+    <hyperlink ref="G545" r:id="rId544"/>
+    <hyperlink ref="G546" r:id="rId545"/>
+    <hyperlink ref="G547" r:id="rId546"/>
+    <hyperlink ref="G548" r:id="rId547"/>
+    <hyperlink ref="G549" r:id="rId548"/>
+    <hyperlink ref="G550" r:id="rId549"/>
+    <hyperlink ref="G551" r:id="rId550"/>
+    <hyperlink ref="G552" r:id="rId551"/>
+    <hyperlink ref="G553" r:id="rId552"/>
+    <hyperlink ref="G554" r:id="rId553"/>
+    <hyperlink ref="G555" r:id="rId554"/>
+    <hyperlink ref="G556" r:id="rId555"/>
+    <hyperlink ref="G557" r:id="rId556"/>
+    <hyperlink ref="G558" r:id="rId557"/>
+    <hyperlink ref="G559" r:id="rId558"/>
+    <hyperlink ref="G560" r:id="rId559"/>
+    <hyperlink ref="G561" r:id="rId560"/>
+    <hyperlink ref="G562" r:id="rId561"/>
+    <hyperlink ref="G563" r:id="rId562"/>
+    <hyperlink ref="G564" r:id="rId563"/>
+    <hyperlink ref="G565" r:id="rId564"/>
+    <hyperlink ref="G566" r:id="rId565"/>
+    <hyperlink ref="G567" r:id="rId566"/>
+    <hyperlink ref="G568" r:id="rId567"/>
+    <hyperlink ref="G569" r:id="rId568"/>
+    <hyperlink ref="G570" r:id="rId569"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>