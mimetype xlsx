--- v1 (2025-11-30)
+++ v2 (2026-01-15)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4560" uniqueCount="1886">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4830" uniqueCount="2001">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1386,50 +1386,179 @@
   <si>
     <t>4058</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4058/pl111.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito suplementar no valor de R$ 490.950,00 (quatrocentos e noventa mil, novecentos e cinquenta reais) ao orçamento de 2025 alteração do PPA - LDO para os fins que especifica, e dá outras providencias.</t>
   </si>
   <si>
     <t>4059</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4059/pl112.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito suplementar no valor de R$ 500.000,00 (quinhentos mil reais) ao orçamento de 2025 alteração do PPA - LDO para os fins que especifica, e dá outras providencias.</t>
   </si>
   <si>
+    <t>4073</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4073/pl113.doc.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de crédito suplementar no valor de R$ 500.000,00 (quinhentos mil reais) ao orçamento de 2025 alteração do PPA - LDO para os fins que especifica, e dá outras providências</t>
+  </si>
+  <si>
+    <t>4074</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4074/pl114.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de crédito adicional suplementar no valor de R$ 15.000,00 (quinze mil reais) ao orçamento de 2025 alteração do PPA - LDO para os fins que especifica, e dá outras providências</t>
+  </si>
+  <si>
+    <t>4075</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4075/pl115.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre alteração da Lei Municipal nº 3.223, de 04 de setembro de 2008, que regulamentou o artigo 152, da Lei nº 2.024, de 28 de agosto de 1991, que dispôs sobre o processamento das consignações em folha de pagamento dos servidores públicos municipais, da administração direta e indireta do Governo Municipal de Buritama, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4076</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4076/pl116.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação de Serviço Público de Loteria no Município de Buritama, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4087</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4087/pl117.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de crédito especial no valor de R$ 80.400,00 (oitenta mil e quatrocentos reais) ao orçamento de 2025 alteração do PPA - LDO para os fins que especifica, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4088</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4088/pl118.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de crédito especial no valor de R$ 7.000,00 (sete mil reais) ao orçamento de 2025 alteração do PPA - LDO para os fins que especifica, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>4089</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4089/pl119.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de crédito suplementar no valor de R$ 7.701,41 (sete mil, setecentos e um reais e quarenta e um centavos) ao orçamento de 2025 alteração do PPA - LDO para os fins que especifica, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>4090</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4090/pl120.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de crédito especial no valor de R$ 500.000,00 (quinhentos Mil Reais) ao orçamento de 2025 alteração do PPA - LDO para os fins que especifica, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>4091</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4091/pl121.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de crédito adicional suplementar no valor de R$ 11.000,00 (onze mil reais) ao orçamento de 2025 alteração do PPA - LDO para os fins que especifica, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4092</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de crédito especial ao orçamento de 2026 alteração do PPA - LDO para os fins que especifica, e dá outras providencias</t>
+  </si>
+  <si>
+    <t>4093</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4093/pl123.doc</t>
+  </si>
+  <si>
+    <t>Dispõe sobre concessão de subvenção/contribuição social às entidades que especificam para o exercício de 2026".</t>
+  </si>
+  <si>
     <t>3492</t>
   </si>
   <si>
     <t>PL-C</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária da Câmara</t>
   </si>
   <si>
     <t>ANTONIO CARLOS, DR. WALLISON, TONHÃO DA EDITORA</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3492/pl01-cam.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre revisão geral anual dos Subsídios dos Vereadores e do Presidente da Câmara Municipal de Buritama.</t>
   </si>
   <si>
     <t>3493</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3493/pl02-cam.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre revisão geral anual nos Subsídios do Prefeito e do Vice-Prefeito do Município de Buritama.</t>
@@ -1659,50 +1788,59 @@
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3964/projeto_de_lei_complementar_no_10_-_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do § 1º do artigo 290 da Lei Municipal nº 2.024, de 28 de setembro de 1991 incluído pela Lei Complementar nº 246, de 10 de julho de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>3965</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3965/projeto_de_lei_complementar_no_11_-.pdf</t>
   </si>
   <si>
     <t>Altera o Inciso IV, do Parágrafo Único, do Artigo 81, da Lei Municipal nº 2.024, de 28 de setembro de 1991, com redação dada pela Lei Complementar nº 214, de 11 de maio de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>4046</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4046/projeto_de_lei_complementar_no_12.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 81 da Lei nº 2.024, de 28 de setembro de 1991, com redação dada pela Lei Complementar nº 77, de 28 de março de 2022 por força da Lei Complementar nº 214, de 11 de maio de 2022, e dá outras providências.</t>
   </si>
   <si>
+    <t>4077</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4077/projeto_de_lei_complementar_no_13.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Artigo 81, da Lei nº 2.024, de 28 de agosto de 1991, com redação dada pela Lei Complementar nº 77, de 28 de março de 2022, modificada pela Lei Complementar nº 214, de 11 de maio de 2022, acrescenta o direito a 1 (uma) folga no dia do aniversário do servidor, e dá outras providências.</t>
+  </si>
+  <si>
     <t>3494</t>
   </si>
   <si>
     <t>PLCC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar da Câmara</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3494/plc01-cam.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre revisão geral anual dos servidores públicos da Câmara Municipal de Buritama, e dá outras providências.</t>
   </si>
   <si>
     <t>3846</t>
   </si>
   <si>
     <t>CRISTINA NOBRE, ADRIANO TUSTÃO, CARLINHO DO DIVINO, FEBEM, FERNANDA MACENO</t>
   </si>
   <si>
     <t>“Dispõe sobre alteração de dispositivo constante da Lei Municipal nº 2.024/91 - Estatuto dos Servidores Públicos do Município de Buritama, com alterações que lhe foram dadas posteriormente, e dá outras providências”.</t>
   </si>
   <si>
     <t>3604</t>
@@ -1809,50 +1947,71 @@
   <si>
     <t>Acrescenta o Parágrafo Único no Artigo 1º do Projeto de Lei nº 63/25.</t>
   </si>
   <si>
     <t>3843</t>
   </si>
   <si>
     <t>Acrescenta o Inciso I no Artigo 1º do Projeto de Lei nº 05/25.</t>
   </si>
   <si>
     <t>3844</t>
   </si>
   <si>
     <t>FEBEM, CRISTINA NOBRE</t>
   </si>
   <si>
     <t>Altera a redação do Artigo 1º do Projeto de Lei nº 63/25.</t>
   </si>
   <si>
     <t>4057</t>
   </si>
   <si>
     <t>Altera a redação do Artigo 1º do Projeto de Lei nº 108/25.</t>
   </si>
   <si>
+    <t>4068</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4068/proposta_de_emenda_no_07_-_pl_109.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta o § 2° ao Artigo 1° do Projeto de Lei n° 109/25.</t>
+  </si>
+  <si>
+    <t>4069</t>
+  </si>
+  <si>
+    <t>CRISTINA NOBRE, ADRIANO TUSTÃO</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4069/projeto_de_emenda_no_08.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação do Artigo 1° do Projeto de Lei n° 109/25.</t>
+  </si>
+  <si>
     <t>3508</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3508/requerimento_no_01.pdf</t>
   </si>
   <si>
     <t>Nós, ANDRÉ LUIZ CUNTO e WALLISON ROBERTO DA SILVA, abaixo assinados, vereadores, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEREMOS a gentileza de Vossa Excelência, depois de ouvido o douto Plenário, sejam oficiados os senhores Tiago Luiz de Oliveira, Prefeito Municipal, e Érika Aparecida de Almeida Pereira, Diretora do Departamento Municipal de Saúde do Governo do Município de Buritama, no sentido de fornecerem à esta Casa Legislativa, as seguintes informações detalhadas sobre os atendimentos relacionados aos cuidados de pessoas com Transtorno do Espectro Autista (TEA).</t>
   </si>
   <si>
     <t>3509</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3509/requerimento_no_02.pdf</t>
   </si>
   <si>
     <t>Nós, ANDRÉ LUIZ CUNTO e WALLISON ROBERTO DA SILVA, abaixo assinados, vereadores, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEREMOS a gentileza de Vossa Excelência, depois de ouvido o douto Plenário, seja oficiado o Consórcio Intermunicipal de Saúde - CIMSA, com sede em Birigui, no sentido de encaminhar à esta Casa Legislativa, as seguintes informações detalhadas sobre os atendimentos relacionados aos cuidados de pessoas com Transtorno do Espectro Autista (TEA): 1. Relação dos atendimentos profissionais realizados, especificando as áreas de atuação e os tipos de serviços oferecidos no exercício de 2024, detalhando se foram prestados em consultas, sessões, acompanhamentos ou outro formato; 2. Relação completa dos profissionais que atuaram no atendimento às pessoas com TEA, especificando as áreas de atuação, os valores mensais recebidos por cada profissional e os critérios utilizados para definição desses pagamentos, se baseados em avaliação, sessão, acompanhame</t>
   </si>
   <si>
     <t>3516</t>
@@ -2727,168 +2886,135 @@
   <si>
     <t>Eu, CARLOS ROBERTO TEIXEIRA, abaixo assinado, vereador com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a  Vossa Excelência, seja oficiado a senhora, Ivete Ribeiro Mariano, Diretora do Departamento Municipal de Assistência e Desenvolvimento Social, solicitando-lhe a gentileza, no sentido de encaminhar à esta Casa Legislativa, um relatório completo com todas as informações, do pedido inicial até a conclusão da emissão da Declaração Anual de Regularidade à Associação Beneficente de Assistência Social - ABAS, com as visitações e os pareceres técnicos, bem como, da Ata da reunião do Conselho Municipal, enfim, de todo o processo inicial até a expedição da certificação da entidade. Requeiro, também, cópia da Certificação de Entidades Beneficentes de Assistência Social - CEBAS, da referida entidade, exigida para fins de recebimento de recursos financeiros, seja ela em forma de parceria, subvenção ou outras.</t>
   </si>
   <si>
     <t>3758</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3758/requerimento_no_111.pdf</t>
   </si>
   <si>
     <t>Eu, CARLOS ROBERTO TEIXEIRA, abaixo assinado, vereador com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a  Vossa Excelência, seja oficiado o senhor David de Brito Santos, nomeado como Interventor na Santa Casa São Francisco de Buritama, através do Decreto Municipal nº 5.195, de 03 de abril de 2025, solicitando-lhe a gentileza, no sentido de encaminhar à esta Casa Legislativa, cópia integral, digitalizada ou xerográfica, de todas as ações judiciais, em tramitação ou não, da empresa Tiago Luiz de Oliveira Serviços Médicos Eireli ME e da senhora Erika Aparecida de Almeida Pereira contra a Santa Casa de Misericórdia São Francisco de Buritama.</t>
   </si>
   <si>
     <t>3759</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3759/requerimento_no_112.pdf</t>
   </si>
   <si>
     <t>Eu, CARLOS ROBERTO TEIXEIRA, abaixo assinado, vereador com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a  Vossa Excelência, seja oficiado o senhor David de Brito Santos, nomeado como Interventor na Santa Casa São Francisco de Buritama, através do Decreto Municipal nº 5.195, de 03 de abril de 2025, solicitando-lhe a gentileza, no sentido de encaminhar à esta Casa Legislativa, informações sobre as remunerações/vencimentos, ou qualquer outras gratificações, do Interventor e da Comissão Executiva com cópias da ficha financeira de todos os meses recebidos durante a intervenção, até o mês de maio de 2025.</t>
   </si>
   <si>
     <t>3766</t>
   </si>
   <si>
-    <t>113</t>
-[...1 lines deleted...]
-  <si>
     <t>REQUER URGÊNCIA NA DELIBERAÇÃO DO PROJETO DE LEI Nº 51/2025.</t>
   </si>
   <si>
     <t>3779</t>
   </si>
   <si>
-    <t>114</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3779/requerimento_no_114.pdf</t>
   </si>
   <si>
     <t>Eu, ANDRÉ LUIZ CUNTO, abaixo assinado, vereador com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a Vossa Excelência, depois de ouvido o douto Plenário, seja expedida uma MOÇÃO DE APLAUSO ao Projeto AbençoArte, idealizado pelos proprietários da empresa Renovar Tintas - ANDERSON, DENISE e BEATRIZ - como forma de reconhecimento ao relevante trabalho social desenvolvido junto à comunidade buritamense.</t>
   </si>
   <si>
     <t>3780</t>
   </si>
   <si>
-    <t>115</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3780/requerimento_no_115.pdf</t>
   </si>
   <si>
     <t>Eu, WALLISON ROBERTO DA SILVA, abaixo assinado, vereador com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a Vossa Excelência, depois de ouvido o douto Plenário, seja expedida uma MOÇÃO DE APLAUSO ao jovem escritor JOÃO GUILHERME PASQUOTTO, em reconhecimento ao seu talento literário, à dedicação, à cultura e à relevante contribuição que oferece como jovem escritor à comunidade buritamense.</t>
   </si>
   <si>
     <t>3781</t>
   </si>
   <si>
-    <t>116</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3781/requerimento_no_116.pdf</t>
   </si>
   <si>
     <t>Eu, WALLISON ROBERTO DA SILVA, abaixo assinado, vereador com assento nesta Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a  Vossa Excelência, depois de ouvido o douto Plenário, seja oficiado o senhor Luiz Gustavo Canteras Scarillo Falotico Correa, Diretor Municipal de Turismo, solicitando-lhe a gentileza, no sentido de informar se há algum projeto em andamento para a instalação de lixeiras seletivas nas praças públicas do município, conforme proposto por meio da Indicação nº 29/2025, apresentada na Sessão Ordinária realizada em 13 de fevereiro de 2025.</t>
   </si>
   <si>
     <t>3782</t>
   </si>
   <si>
-    <t>117</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3782/requerimento_no_117_1.pdf</t>
   </si>
   <si>
     <t>Eu, WALLISON ROBERTO DA SILVA, abaixo assinado, vereador com assento nesta Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a Vossa Excelência, depois de ouvido o douto Plenário, seja oficiado o senhor Tiago Luiz de Oliveira, Prefeito Municipal, solicitando-lhe a gentileza, no sentido de prestar as seguintes informações relativas à empresa atualmente responsável pela coleta de resíduos sólidos no município:</t>
   </si>
   <si>
     <t>3783</t>
   </si>
   <si>
-    <t>118</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3783/requerimento_no_118.pdf</t>
   </si>
   <si>
     <t>Eu, ANÍZIO ANTONIO DA SILVA, abaixo assinado, vereador com assento nesta Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a Vossa Excelência, depois de ouvido o douto Plenário, seja oficiado o senhor Tiago Luiz de Oliveira, Prefeito Municipal, solicitando-lhe a gentileza, no sentido de informar a esta Casa de Legislativa os seguintes dados referentes à aquisição e uso dos crachás com cordão de quebra-cabeça (símbolo do autismo), entregues às cuidadoras escolares no momento da contratação e durante a palestra de orientação promovida pela Secretaria Municipal de Educação:</t>
   </si>
   <si>
     <t>3784</t>
   </si>
   <si>
-    <t>119</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3784/requerimento_no_119.pdf</t>
   </si>
   <si>
     <t>Eu, CARLOS ROBERTO TEIXEIRA, abaixo assinado, vereador com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a Vossa Excelência, depois de ouvido o douto Plenário, seja oficiado a senhora, Ivete Ribeiro Mariano, Diretora do Departamento Municipal de Assistência e Desenvolvimento Social, solicitando-lhe a gentileza, no sentido de encaminhar à esta Casa Legislativa, um relatório completo com todas as informações, do pedido inicial até a conclusão da emissão da Declaração Anual de Regularidade à Associação Beneficente de Assistência Social - ABAS, com as visitações e os pareceres técnicos, bem como da Ata da Reunião do Conselho Municipal, enfim, de todo o processo inicial até a expedição da certificação da entidade. Requeiro, também, o encaminhamento do Plano de Trabalho revisado, conforme a Cláusula Terceira do TAC firmado com o referido Departamento, e uma cópia da Certificação de Entidades Beneficentes de Assistência Social - CEBAS, da referida entidade.</t>
   </si>
   <si>
     <t>3785</t>
   </si>
   <si>
-    <t>120</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3785/requerimento_no_120.pdf</t>
   </si>
   <si>
     <t>Eu, MARIA CRISTINA NOBRE SANTOS, abaixo assinado, vereadora, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a Vossa Excelência, depois de ouvido o douto Plenário, seja expedida uma MOÇÃO DE APLAUSO em favor da Associação Oásis Grupo de Estudos Filosóficos, com sede à Rua José Urbano Cursino, nº 792, em Birigui/SP, fundado em 03 de setembro de 2015, atualmente formado por 20 amigos que fazem doações voluntárias de bens materiais, a quem mais necessita, por meio de arrecadação própria entre o grupo, e totalmente dentro das normas fiscais.</t>
   </si>
   <si>
     <t>3786</t>
   </si>
   <si>
-    <t>121</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3786/requerimento_no_121.pdf</t>
   </si>
   <si>
     <t>Nós, ABAIXO ASSINADOS, vereadores, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEREMOS a Vossa Excelência, depois de ouvido o douto Plenário, seja oficiado o senhor Roberto Nogueira Bastos, Ex-provedor da Santa Casa de Misericórdia São Francisco de Buritama, solicitando-lhe a gentileza, no sentido de, se possível, se manifestar sobre o Relatório de Atividades Executadas referente aos meses de abril e maio de 2025, assinado pela senhora Alessandra Maruchi, atual Gestora Administrativa daquela entidade. (Doc. em Anexo).</t>
   </si>
   <si>
     <t>3787</t>
   </si>
   <si>
-    <t>122</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3787/requerimento_no_122.pdf</t>
   </si>
   <si>
     <t>Eu, ANÍZIO ANTONIO DA SILVA, abaixo assinado, vereador com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a Vossa Excelência, depois de ouvido o douto Plenário, seja oficiado o senhor Tiago Luiz de Oliveira, Prefeito Municipal, solicitando-lhe a gentileza, no sentido de encaminhar à esta Casa Legislativa uma planilha quantitativa contendo a relação de pacientes aptos à realização de cirurgias eletivas na Santa Casa de Buritama, devidamente especificada por CID e com indicação de que todos os exames pré-operatórios exigidos foram realizados, constando apenas a patologia, não sendo necessária a denominação pessoal.</t>
   </si>
   <si>
     <t>3788</t>
-  </si>
-[...1 lines deleted...]
-    <t>123</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA NA DELIBERAÇÃO DO PROJETO DE LEI Nº 53/2025.</t>
   </si>
   <si>
     <t>3789</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA NA DELIBERAÇÃO DO PROJETO DE LEI Nº 54/2025.</t>
   </si>
   <si>
     <t>3790</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>REQUER URGÊNCIA NA DELIBERAÇÃO DO PROJETO DE LEI Nº 55/2025.</t>
   </si>
   <si>
     <t>3818</t>
   </si>
@@ -3337,57 +3463,63 @@
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3901/requerimento_no_167.pdf</t>
   </si>
   <si>
     <t>Eu, ANÍZIO ANTONIO DA SILVA, abaixo assinado, vereador, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a Vossa Excelência, depois de ouvido o douto Plenário, seja expedida uma MOÇÃO DE APLAUSO em favor da primeira-dama FERNANDA CRISTINA NEIVOCK SIMONATTO, em reconhecimento ao trabalho relevante que vem desenvolvendo em nosso município. Sua atuação tem se destacado pela humildade, pela perseverança e, sobretudo, pela atenção dedicada às famílias em situação de vulnerabilidade social. Com dedicação e sensibilidade, a primeira-dama tem demonstrado que a verdadeira grandeza está em servir ao próximo, levando esperança e dignidade aos que mais precisam. A Câmara de Vereadores manifesta, portanto, sua gratidão e reconhecimento público, aplaudindo o empenho e o compromisso da primeira-dama Fernanda Cristina Neivock Simonatto com as causas sociais e com o fortalecimento do bem-estar coletivo de nossa comunidade.</t>
   </si>
   <si>
     <t>3902</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>Eu, CARLOS ALBERTO DOS SANTOS, abaixo assinado, vereador, com assento na Câmara Municipal de Buritama, Estado de São Paulo, depois de ouvido o douto Plenário, REQUEIRO, seja oficiado ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, solicitando-lhe a gentileza, no sentido de encaminhar à esta Casa Legislativa as seguintes informações:_x000D_
 1.	Qual era o saldo existente em 31/12/2023 dos valores arrecadados a título de Contribuição para Custeio do Serviço de Iluminação Pública (CIP);_x000D_
 2.	Qual foi o valor arrecadado entre 01/01/2024 e a presente data;_x000D_
 3.	Quais foram os investimentos realizados pelo Poder Executivo, no referido período, utilizando-se dos recursos da CIP, com a devida especificação das ações implementadas.</t>
   </si>
   <si>
     <t>3903</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3903/requerimento_no_169.pdf</t>
+  </si>
+  <si>
     <t>Eu, CARLOS ROBERTO TEIXEIRA, abaixo assinado, vereador, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a gentileza de Vossa Excelência, seja oficiado o senhor Tiago Luiz de Oliveira, Prefeito Municipal, no sentido de encaminhar à esta Casa Legislativa, as respostas com cópias de documentos de cada item abaixo.</t>
   </si>
   <si>
     <t>3904</t>
   </si>
   <si>
     <t>170</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3904/requerimento_no_170.pdf</t>
   </si>
   <si>
     <t>Eu, CARLOS ROBERTO TEIXEIRA, abaixo assinado, vereador, com assento na Câmara Municipal de Buritama, Estado de São Paulo, nos termos do artigo 31 da Constituição Federal, do artigo 29, inciso XI, da Lei Orgânica do Município de Buritama, e do Regimento Interno desta Câmara Municipal, depois de ouvido o douto Plenário, REQUEIRO a Vossa Excelência, seja oficiado o senhor Tiago Luiz de Oliveira, Prefeito Municipal, solicitando-lhe a gentileza, no sentido de responder a cada item abaixo, com informações objetivas e documentais, relacionados ao Decreto Municipal n° 5.195, de 03 de abril de 2025, que decretou a intervenção na Santa Casa de Misericórdia São Francisco de Buritama, cabendo salientar que, os processos judiciais eletrônicos nºs 1000909-54.2025.8.26.0097, 1000891-33.2025.8.26.0097 e 2102753-30.2025.8.26.00 encaminhados à esta Casa de Leis, através do Ofício nº 190/2025-GP, em resposta ao Requerimento nº 64/25.</t>
   </si>
   <si>
     <t>3905</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>ANÍZIO, ANDRÉ DO ZÉ CARLÃO, DR. WALLISON</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3905/requerimento_no_171.pdf</t>
   </si>
   <si>
     <t>Nós, ANÍZIO ANTONIO DA SILVA, WALLISON ROBERTO DA SILVA e ANDRÉ LUIZ CUNTO, abaixo assinado, vereador com assento nesta Câmara Municipal de Buritama, Estado de São Paulo, REQUEREMOS, depois de ouvido o douto Plenário, seja expedida uma MOÇÃO DE APLAUSO em favor do senhor LUIZ ANTONIO DE SOUZA, popular “Nêgo Bombeiro”, pela assunção ao cargo comissionado de Diretor da Coordenação da Defesa Civil do Governo do Município de Buritama.</t>
   </si>
   <si>
     <t>3909</t>
   </si>
   <si>
     <t>172</t>
   </si>
@@ -3988,50 +4120,192 @@
   <si>
     <t>4041</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4041/requerimento_no_228.pdf</t>
   </si>
   <si>
     <t>Eu, CARLOS ALBERTO DOS SANTOS, abaixo assinado, vereador com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a gentileza de Vossa Excelência, sejam oficiados os senhores Tiago Luiz de Oliveira, Prefeito Municipal, e Milson Aparecido Polizel, servidor municipal designado como Diretor do Departamento Municipal de Agricultura e Meio Ambiente, através do Decreto nº 5.232, de 20/05/2025, no sentido de encaminhar à esta Casa Legislativa, um diagnóstico do Município de Buritama, caso tenhamos este tipo de levantamento, da cobertura vegetal de todas as matas ciliares nas Áreas de Preservação Permanente (APP) ao longo dos nossos rios e nascentes, das Reservas Legais (RLs) nas nossas propriedades rurais, se temos alguma Área de Preservação Ambiental (APA) existentes em toda extensão territorial do nosso Município.</t>
   </si>
   <si>
     <t>4042</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4042/requerimento_no_229.pdf</t>
   </si>
   <si>
     <t>Eu, FERNANDA MACENO COLETTA MESTRINER, vereadora com assento na Câmara Municipal de Buritama, Estado de São Paulo, depois de ouvido o douto Plenário, REQUEIRO, seja consignada em ata e expedida MOÇÃO DE APLAUSO em favor da empresa Gemiverde Sementes e ao seu Projeto “Mãos que Germinam”, em reconhecimento à relevante contribuição prestada à educação ambiental e à restauração ecológica em nosso município e região. A Gemiverde Sementes, empresa familiar fundada em 2020 pelos irmãos Gidean Silva Candido e Gerson Silva Candido, dedica-se à restauração florestal e à proteção dos biomas e ecossistemas brasileiros, mantendo firme compromisso com a sustentabilidade e com a produção de sementes que possibilitam o plantio de aproximadamente 10 milhões de mudas por ano. Atualmente sob a coordenação da Sra. Jani Candido, a empresa fortalece sua atuação socioambiental, destacando-se, especialmente, pelo Projeto “Mãos que Germinam”, idealizado e desenvolvido por ela.</t>
   </si>
   <si>
+    <t>4065</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>REQUER URGÊNCIA NA DELIBERAÇÃO DO PROJETO DE LEI Nº 108/2025.</t>
+  </si>
+  <si>
+    <t>4067</t>
+  </si>
+  <si>
+    <t>231</t>
+  </si>
+  <si>
+    <t>REQUER URGÊNCIA NA DELIBERAÇÃO DO PROJETO DE LEI Nº 109/2025.</t>
+  </si>
+  <si>
+    <t>4066</t>
+  </si>
+  <si>
+    <t>232</t>
+  </si>
+  <si>
+    <t>REQUER URGÊNCIA NA DELIBERAÇÃO DO PROJETO DE LEI Nº 110/2025.</t>
+  </si>
+  <si>
+    <t>4064</t>
+  </si>
+  <si>
+    <t>234</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4064/requerimento_no_234.pdf</t>
+  </si>
+  <si>
+    <t>Nós, ABAIXO ASSINADOS, vereadores, com assento na Câmara Municipal de Buritama, Estado de São Paulo, depois de ouvido o douto Plenário, REQUEREMOS, seja  expedida uma MOÇÃO DE APLAUSO em favor dos integrantes da Polícia Militar Cb PM Fernando Oiel Tardochi, Cb PM Ronald Lourençato, Cb PM Everton Barbosa e Sd PM Rodrigo de Oliveira Borges, pelos relevantes serviços reconhecidamente prestados ao nosso município. Os homenageados destacaram-se pelo profissionalismo, dedicação e comprometimento no cumprimento do dever, contribuindo significativamente para a preservação da ordem pública e a promoção da segurança dos cidadãos de Buritama. Seus atos de coragem, conduta ilibada e respeito à comunidade refletem o mais elevado espírito de servir e proteger, honrando a instituição Polícia Militar do Estado de São Paulo.</t>
+  </si>
+  <si>
+    <t>4063</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4063/requerimento_no_235.pdf</t>
+  </si>
+  <si>
+    <t>Nós, ABAIXO ASSINADOS, vereadores, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEREMOS a Vossa Excelência, depois de ouvido o douto Plenário, sejam oficiados os senhores Tiago Luiz de Oliveira, Prefeito Municipal, e Larissa Paula do Nascimento Cardoso da Fonseca, Diretora Adjunta da Saúde e responsável pela Divisão de Vigilância Sanitária e Zoonoses, solicitando-lhes a gentileza, no sentido de encaminhar à esta Casa Legislativa um relatório constando as seguintes informações abaixo descritas, referente ao período de 01 de janeiro a 30 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>4062</t>
+  </si>
+  <si>
+    <t>236</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4062/requerimento_no_236.pdf</t>
+  </si>
+  <si>
+    <t>Eu, WALLISON ROBERTO DA SILVA, abaixo assinado, vereador, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a Vossa Excelência, depois de ouvido o douto Plenário, seja oficiado a senhora Larissa Aline Medrado de Oliveira, Diretora do Departamento Municipal de Educação, solicitando-lhe a gentileza, no sentido de informar à esta Casa Legislativa o que segue:_x000D_
+_x000D_
+               1. Qual o número exato de crianças que aguardam na fila de espera por uma vaga nas creches do município, com detalhamento por unidade escolar e faixa etária?_x000D_
+               2. Quais medidas efetivas e qual o cronograma de ações que a atual gestão planeja executar para sanar o déficit de vagas, incluindo a previsão de construção de novas unidades, ampliação das existentes ou celebração de convênios?_x000D_
+               3. Há estudos de projeção de demanda que orientem o planejamento da expansão da rede de educação infantil para os próximos anos em Buritama?</t>
+  </si>
+  <si>
+    <t>4070</t>
+  </si>
+  <si>
+    <t>237</t>
+  </si>
+  <si>
+    <t>4071</t>
+  </si>
+  <si>
+    <t>238</t>
+  </si>
+  <si>
+    <t>REQUER URGÊNCIA NA DELIBERAÇÃO DO PROJETO DE LEI Nº 111/2025.</t>
+  </si>
+  <si>
+    <t>4072</t>
+  </si>
+  <si>
+    <t>239</t>
+  </si>
+  <si>
+    <t>REQUER URGÊNCIA NA DELIBERAÇÃO DO PROJETO DE LEI Nº 112/2025.</t>
+  </si>
+  <si>
+    <t>4078</t>
+  </si>
+  <si>
+    <t>240</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4078/requerimento_no_240.pdf</t>
+  </si>
+  <si>
+    <t>Eu, ANÍZIO ANTÔNIO DA SILVA, vereador, com assento na Câmara Municipal de Buritama, Estado de São Paulo, depois de ouvido o douto Plenário, REQUEIRO, seja oficiado o senhor Tiago Luiz de Oliveira, Prefeito Municipal, solicitando-lhe a gentileza, no sentido de encaminhar  no uso de suas atribuições regimentais, vem respeitosamente requerer, após ouvido o Plenário, que seja oficiado ao Excelentíssimo Senhor Prefeito Municipal de Buritama, para que preste as seguintes informações oficiais.</t>
+  </si>
+  <si>
+    <t>4079</t>
+  </si>
+  <si>
+    <t>241</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4079/requerimento_no_241.pdf</t>
+  </si>
+  <si>
+    <t>Eu, WALLISON ROBERTO DA SILVA, abaixo assinado, vereador, com assento na Câmara Municipal de Buritama, Estado de São Paulo, REQUEIRO a Vossa Excelência, depois de ouvido o douto Plenário, seja oficiado ao senhor Carlos Henrique Masson Contel, Diretor do Departamento Municipal de Engenharia, solicitando-lhe a gentileza, no sentido de informar à esta Casa Legislativa se há estudos ou projetos em execução acerca da possibilidade de asfaltar o anel viário localizado na Estrada Municipal José Antonio Sobrinho - “Zé Davi”, bem como se existe previsão para o início de tais obras.</t>
+  </si>
+  <si>
+    <t>4084</t>
+  </si>
+  <si>
+    <t>242</t>
+  </si>
+  <si>
+    <t>REQUER URGÊNCIA NA DEIBERAÇÃO DO PROJETO DE LEI Nº 113/2025.</t>
+  </si>
+  <si>
+    <t>4085</t>
+  </si>
+  <si>
+    <t>243</t>
+  </si>
+  <si>
+    <t>REQUER URGÊNCIA NA DEIBERAÇÃO DO PROJETO DE LEI Nº 114/2025.</t>
+  </si>
+  <si>
+    <t>4086</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>REQUER URGÊNCIA NA DEIBERAÇÃO DO PROJETO DE LEI Nº 115/2025.</t>
+  </si>
+  <si>
     <t>3495</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3495/indicacao_no_01.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam tomadas as providências necessárias, objetivando proceder os estudos técnicos e administrativos, objetivando a celebração de convênio entre o Governo do Município de Buritama e o Hospital de Base de São José do Rio Preto, visando ampliar e melhorar o atendimento de saúde de média e alta complexidade à população de Buritama.</t>
   </si>
   <si>
     <t>3496</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3496/indicacao_no_02.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, nos termos regimentais, por intermédio de Vossa Excelência, INDICA ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam tomadas as providências necessárias, objetivando a construção de coberturas metálicas em todos os bairros da cidade para proteção das crianças, principalmente em dias de chuva e de sol a pino, enquanto elas aguardam para embarque nos ônibus escolares.</t>
   </si>
   <si>
     <t>3497</t>
@@ -4840,50 +5114,53 @@
   <si>
     <t>O vereador que esta subscreve, nos termos regimentais, INDICA a Vossa Excelência, o nome do senhor JOSÉ ADEMIR PICCOLI JUNOR, para o recebimento do TÍTULO DE CIDADÃO BURITAMENSE, pelos relevantes serviços reconhecidamente prestados ao nosso município.</t>
   </si>
   <si>
     <t>3743</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3743/indicacao_no_91.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, nos termos regimentais, INDICA a Vossa Excelência, o nome do senhor ARNALDO MESSIAS DA SILVA, para o recebimento da MEDALHA 24 DE AGOSTO, pelos relevantes serviços reconhecidamente prestados ao nosso município.</t>
   </si>
   <si>
     <t>3744</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3744/indicacao_no_92.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, nos termos regimentais, INDICA a Vossa Excelência, o nome do senhor JOÃO LUIZ PEREZ JUNIOR, para o recebimento da MEDALHA 24 DE AGOSTO, pelos relevantes serviços reconhecidamente prestados ao nosso município.</t>
   </si>
   <si>
     <t>3745</t>
   </si>
   <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3745/indicacao_no_93.pdf</t>
+  </si>
+  <si>
     <t>O vereador que subscreve, nos termos regimentais, INDICA a Vossa Excelência o nome do senhor DIVO MARTINS, para o recebimento da MEDALHA 24 DE AGOSTO, pelos relevantes serviços reconhecidamente prestados ao nosso município.</t>
   </si>
   <si>
     <t>3746</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3746/indicacao_no_94.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam tomadas as providências necessárias, objetivando providenciar com uma certa urgência um Abrigo provisório para acolher com dignidade pessoas em condições de vulnerabilidade em épocas de frio como a de agora, onde elas possam tomar um banho quente, receber um agasalho, se alimentar e pernoitar.</t>
   </si>
   <si>
     <t>3760</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3760/indicacao_no_95.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscreve, nos termos regimentais, INDICAM, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, para que sejam realizados os devidos estudos e tomadas as providências necessárias, para promover um aumento real nos vencimentos mensais de todas as categorias dos servidores públicos do município de Buritama, antes da data base para majoração salarial, tendo em vista que, os servidores municipais desempenham um papel essencial na prestação de serviços junto à população, e a valorização do funcionalismo público municipal pelo Poder Executivo, é o reconhecimento do valor do trabalho e da dedicação desses importantes profissionais.</t>
   </si>
   <si>
     <t>3761</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3761/indicacao_no_96.pdf</t>
@@ -5389,86 +5666,101 @@
   <si>
     <t>CRISTINA NOBRE, ADRIANO TUSTÃO, CARLINHO DO DIVINO, FERNANDA MACENO</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3958/indicacao_no_151.pdf</t>
   </si>
   <si>
     <t>Nós, ABAIXO ASSINADOS, vereadores, com assento na Câmara Municipal de Buritama, Estado de São Paulo, por intermédio de Vossa Excelência, INDICAM aos senhores Tiago Luiz de Oliveira de Oliveira, Prefeito Municipal, e Michele dos Santos Farina, Diretora Municipal de Saúde, sejam realizados os estudos técnicos e administrativos necessários para viabilizar o cadastramento do Município de Buritama no “Programa Agora Tem Especialidades”, ofertado pelo Ministério da Saúde.</t>
   </si>
   <si>
     <t>3959</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3959/indicacao_no_152.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, por intermédio de Vossa Excelência, INDICA ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam realizados os estudos técnicos e jurídicos visando à possibilidade de doação de um imóvel público à Associação Animal Quem Ama Protege, inscrita no CNPJ nº 27.797.318/0001-00, fundada em 2017 e declarada de Utilidade Pública por meio da Lei Municipal nº 4.794, de 09 de agosto de 2022.</t>
   </si>
   <si>
     <t>3966</t>
   </si>
   <si>
     <t>FERNANDA MACENO, CRISTINA NOBRE</t>
   </si>
   <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3966/indicacao_no_153.pdf</t>
+  </si>
+  <si>
     <t>As Vereadoras que esta subscrevem, nos termos regimentais, INDICAM, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam tomadas as providências necessárias e desenvolvidos os devidos estudos, visando climatizar ou adotar medidas de amenização do calor nas dependências do Ginásio de Esportes “Maria Bassan Feroldi”, seja por meio da instalação de aparelhos de ar-condicionado, climatizadores de ar, ventiladores industriais ou outro sistema adequado que garanta conforto térmico aos usuários.</t>
   </si>
   <si>
     <t>3967</t>
   </si>
   <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3967/indicacao_no_154.pdf</t>
+  </si>
+  <si>
     <t>A Vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam tomadas as providências necessárias para climatizar a frota de veículos utilizada no transporte de estudantes e trabalhadores do Município de Buritama.</t>
   </si>
   <si>
     <t>3968</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3968/indicacao_no_155__retirada_pelo_autor_.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam tomadas as providências necessárias para promover estudos técnicos e jurídicos visando à adequação da base de cálculo e dos percentuais do adicional de insalubridade dos servidores públicos municipais às normativas federais vigentes, especialmente à Norma Regulamentadora nº 15 (NR-15) do Ministério do Trabalho e Emprego.</t>
   </si>
   <si>
     <t>3969</t>
   </si>
   <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3969/indicacao_no_156.pdf</t>
+  </si>
+  <si>
     <t>A vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, aos senhores Tiago Luiz de Oliveira, Prefeito Municipal, Reinaldo Fuzete Junior, Diretor do Departamento Municipal de Administração, e Luiz Gustavo Canteras Falotico Correa, Diretor do Departamento Municipal de Turismo do Governo do Município de Buritama, para que realizem os estudos e tomem as devidas providências necessárias, objetivando a implantação da REDE BANCO 24 HORAS em alguns pontos públicos do município, como também, em alguns pontos comerciais da cidade, através de parceria com a Associação Comercial de Buritama. Ele é um serviço que oferece caixas eletrônicos, operando sem interrupções e com acesso a diversos serviços bancários, como saques, consultas, pagamentos e depósitos, em parceria com várias instituições financeiras do País. Com o fechamento recente da agência Santander e, rumores que estão falando que o Bradesco funcionará até o final do ano, será de suma importância</t>
   </si>
   <si>
     <t>3992</t>
   </si>
   <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3992/indicacao_no_157.pdf</t>
+  </si>
+  <si>
     <t>A Vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago  Luiz de Oliveira, Prefeito Municipal, sejam tomadas as providências necessárias e desenvolvidos os devidos estudos, objetivando a implantação de Hortas Comunitárias em áreas verdes de propriedade do Município e que estejam disponíveis, para a implantação de “Hortas Comunitárias” em parceira com a comunidade local, transformando esses locais em uma verdadeira e farta fonte de produção de alimentos, e ainda como forma de incentivar os moradores a plantarem, cuidarem e colherem verduras e legumes para o seu próprio sustento, sem o uso de agrotóxicos, para consumirem uma alimentação saudável e de qualidade. (Foto Ilustrativa em anexo).</t>
   </si>
   <si>
     <t>3993</t>
   </si>
   <si>
     <t>FERNANDA MACENO, ADRIANO TUSTÃO, CARLINHO DO DIVINO, CRISTINA NOBRE, DR. WALLISON, FEBEM</t>
   </si>
   <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3993/indicacao_no_158.pdf</t>
+  </si>
+  <si>
     <t>Os vereadores que esta subscrevem, nos termos regimentais, considerando a solicitação popular encaminhada pelo cidadão Cleber Reis dos Santos Oliveira, com o objetivo de melhorar o transporte e atendimento de pacientes acamados, cadeirantes e pessoas com obesidade mórbida, garantindo segurança, conforto e dignidade no atendimento à saúde, INDICAM, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam tomadas as providências necessárias, objetivando os seguintes procedimentos: 1. Aquisição ou adaptação de ambulâncias, equipadas com: Rampas ou elevadores hidráulicos para acesso facilitado; Escada; Espaço interno amplo e bancos removíveis; Sistema de fixação seguro para macas reforçadas; Capacidade de transporte de pacientes com obesidade mórbida; Equipamentos de segurança para profissionais de saúde. 2. Aquisição de macas hospitalares reforçadas, com: Estrutura robusta em aço inox ou material similar; Capacidade de até 300 kg ou superior; Ajuste</t>
   </si>
   <si>
     <t>3994</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3994/indicacao_no_159.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, nos termos regimentais, INDICAM, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, e David de Brito Santos, Interventor da Santa Casa de Misericórdia São Francisco de Buritama, solicitando-lhes a gentileza, no sentido de realizarem os estudos necessários, objetivando ver a possibilidade de viabilizar o aproveitamento dos funcionários atualmente vinculados ao Instituto de Olhos do Município, no novo serviço de atendimento especializado que será implementado após a rescisão contratual com o Dr. Nélio Capelanes Carniato, conforme já divulgado e de conhecimento de toda população, através de reportagens e mídias sociais.</t>
   </si>
   <si>
     <t>3995</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3995/indicacao_no_160.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, aos senhores Tiago Luiz de Oliveira, Prefeito Municipal, Michele dos Santos Farina, Diretora do Departamento Municipal de Saúde, e Larissa Aline Medrado de Oliveira, Diretora do Departamento Municipal de Educação, sejam realizados os estudos e tomadas as devidas providências, objetivando que seja implantado anualmente nas escolas do Município, o “Programa Educando com Visão”, numa parceria entre os Departamentos de Educação e de Saúde, onde consiste, primeiramente, na triagem de todos os alunos da rede municipal de ensino por meio de teste de acuidade visual (teste de Snellen), realizado na própria escola, sendo que, os alunos identificados com dificuldades ou inaptidão para enxergar são encaminhados para consultas oftalmológicas mais específicas e completas onde, logo após os resultados dos exames e caso o aluno necessite de óculos de grau, este é oferecido gratuitamente pelo Poder Públ</t>
   </si>
   <si>
     <t>3996</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3996/indicacao_no_161.pdf</t>
@@ -5624,50 +5916,107 @@
     <t>4054</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4054/indicacao_no_178.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, que sejam realizados os estudos e tomadas as devidas providências, caso seja de interesse da municipalidade, com relação ao Edital de Chamada Pública de Projetos SEE 001/2025, que a empresa Neoenergia Elektro, lançou referente a destinação de R$ 36 milhões a projetos de eficiência energética, onde as inscrições das propostas poderão ser realizadas até o dia 13 de janeiro de 2026, e devem seguir os critérios técnicos e comerciais definidos no edital que pode ser acessado através do site www.neoenergia.com.</t>
   </si>
   <si>
     <t>4055</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4055/indicacao_no_179.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, para que sejam realizados os devidos estudos e averiguada a possibilidade e legalidade de promover a instalação de uma usina de energia solar fotovoltaica no antigo lixão desativado da cidade, situado na Estrada Vicinal Francisco José Feroldi, Km 4, com o objetivo de atender e suprir as demandas de energia dos prédios públicos do município, das suas autarquias e do Parque Turístico João Simão Garcia, Prainha, trazendo assim economicidade aos cofres públicos e gerando impactos positivos ao meio ambiente, sendo que uma usina de energia solar fotovoltaica produz somente energia limpa e renovável. Cada vez mais, bancos e órgãos públicos têm criados programas e abertos linhas de crédito aos municípios para o financiamento deste tipo de projeto.</t>
   </si>
   <si>
     <t>4056</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4056/indicacao_no_180.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, que sejam tomadas as providências necessárias e realizados os devidos estudos, objetivando a cessão de um espaço público adequado para o armazenamento e organização de móveis doados ao Projeto Social “Móveis que Transformam”, preferencialmente com o fornecimento de energia elétrica.</t>
+  </si>
+  <si>
+    <t>4060</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4060/indicacao_no_181.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores que esta subscrevem, no uso de suas atribuições legais e regimentais, INDICAM, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam efetuados estudos e tomadas as providências necessárias, objetivando a instalação de um playground no Conjunto Habitacional Vereador Jacintho de Oliveira Neto, para atender a demanda significativa de crianças que residem naquele bairro.</t>
+  </si>
+  <si>
+    <t>4061</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4061/indicacao_no_182.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores que esta subscrevem, no uso de suas atribuições legais e regimentais, INDICAM, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, sejam efetuados estudos e tomadas as providências necessárias, objetivando a construção de um Ponto de Ônibus em local estratégico de circulação do Conjunto Habitacional Vereador Jacintho de Oliveira Neto, destinado a oferecer acolhimento e proteção aos alunos e trabalhadores que utilizam diariamente o ônibus circular municipal em nossa cidade.</t>
+  </si>
+  <si>
+    <t>4080</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4080/indicacao_no_183.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, à senhora Larissa Aline Medrado de Oliveira, Diretora do Departamento Municipal de Educação, que sejam tomadas as providências necessárias e realizados os devidos estudos, visando a criação e implantação de um Programa de Coleta e Reaproveitamento de Material Escolar ao final de cada ano letivo nas escolas da rede municipal.</t>
+  </si>
+  <si>
+    <t>4081</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4081/indicacao_no_184.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, que sejam tomadas as providências necessárias e realizados os devidos estudos jurídicos e financeiros visando a isenção de descontos tributários incidentes sobre os pagamentos da Gratificação por Desempenho de Atividade Delegada, instituída pela Lei Municipal nº 3.620/2010, paga aos Policiais Militares que prestam serviços ao Município.</t>
+  </si>
+  <si>
+    <t>4082</t>
+  </si>
+  <si>
+    <t>FERNANDA MACENO, ADRIANO TUSTÃO, CARLINHO DO DIVINO, CRISTINA NOBRE, FEBEM</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4082/indicacao_no_185.pdf</t>
+  </si>
+  <si>
+    <t>Os vereadores que esta subscrevem, nos termos regimentais, INDICAM, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, que sejam tomadas as providências necessárias junto ao departamento competente do Governo do Município de Buritama, objetivando solucionar os problemas de distribuição de água no Loteamento Mirante do Tietê, bem como enviar com  a maior brevidade possível, servidores para uma visita técnica no local para averiguação das falhas no abastecimento.</t>
+  </si>
+  <si>
+    <t>4083</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4083/indicacao_no_186.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor David de Brito Santos, Interventor da Santa Casa de Misericórdia São Francisco de Buritama, que sejam tomadas as providências necessárias visando a aquisição de poltronas retráteis destinadas aos acompanhantes de pacientes internados ou em observação na unidade hospitalar.</t>
   </si>
   <si>
     <t>3651</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>ANTONIO CARLOS, ADRIANO TUSTÃO, ANDRÉ DO ZÉ CARLÃO, ANÍZIO, CARLINHO DO DIVINO, CRISTINA NOBRE, DR. WALLISON, FEBEM, FERNANDA MACENO, MIKAEL DISK FRETE, TONHÃO DA EDITORA</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3651/mocao_de_apoio_-_req.47.2025_1.pdf</t>
   </si>
   <si>
     <t>Por força do Requerimento nº 47/25, de autoria do vereador Antonio Carlos de Freitas, aprovado por unanimidade, na Sessão Ordinária do dia 07 de abril de 2025, a Câmara Municipal de Buritama/SP, expede a presente MOÇÃO DE APOIO à APAMPESP - Associação de Professores Aposentados do Magistério Público do Estado de São Paulo, de Araçatuba, dirigida ao Supremo Tribunal Federal, objetivando a célere decisão final sobre a Ação Direta de Inconstitucionalidade (ADI) 6.255, que inclui o julgamento conjunto de outras ações semelhantes relacionadas à Reforma da Previdência (EC 103/2019).</t>
   </si>
   <si>
     <t>3803</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3803/mocao_de_pesar_-_neola_barbosa_guerbas.pdf</t>
   </si>
@@ -6034,56 +6383,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3485/pl01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3486/pl02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3487/pl03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3488/pl04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3489/pl05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3490/pl06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3491/pl07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3510/pl08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3511/pl09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3512/pl10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3513/pl11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3520/pl12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3521/pl13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3522/pl14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3542/pl15-assinado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3543/pl16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3561/pl_17_ok.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3562/pl18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3563/pl19-assinado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3564/pl20_ok.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3565/pl_21_ok.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3567/pl22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3568/pl23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3582/pl24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3583/pl25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3584/pl26_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3605/pl27_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3606/pl28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3607/pl29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3608/pl30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3609/pl31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3648/projeto_de_lei_no_33_de_07_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3649/projeto_de_lei_no_34_de_09_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3650/projeto_de_lei_no_35_de_09_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3664/pl36--.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3693/pl37_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3694/pl38_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3704/pl39--.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3706/pl40_1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3707/pl41_1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3708/pl42_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3709/pl43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3710/pl44--.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3711/pl45--.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3727/pl46-.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3728/pl47-.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3729/pl48-.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3730/pl49.-.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3731/pl50-.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3732/pl51-.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3767/pl52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3768/pl53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3769/pl54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3770/pl55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3794/pl56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3795/pl57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3796/pl58.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3797/pl59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3799/projeto_de_lei_no_60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3800/projeto_de_lei_no_61.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3804/pl62_1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3805/pl63.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3806/pl64.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3807/pl65.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3808/pl66.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3809/pl67.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3828/pl68_2.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3829/pl69.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3830/pl70.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3831/pl71.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3847/pl72.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3870/pl73.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3871/pl74.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3872/pl75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3873/pl76_1.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3874/pl77_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3875/pl78.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3876/pl79.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3896/pl80.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3897/pl81.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3898/pl82.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3899/pl83.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3900/pl84.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3917/pl85.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3918/pl86.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3919/pl87.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3952/pl88.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3953/pl89.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3960/pl90.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3961/pl91.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3962/pl92.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3963/pl_93.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3980/pl_94.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3981/pl_95.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3982/pl96.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3983/pl_97.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3984/pl_98.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4002/pl99.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4003/pl100.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4004/pl101.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4005/pl102.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4006/pl103.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4007/pl104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4008/pl105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4020/pl106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4026/pl107_correto.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4043/pl108.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4044/pl_109_alterado.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4045/pl110-anulacao.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4058/pl111.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4059/pl112.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3492/pl01-cam.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3493/pl02-cam.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3652/projeto_de_lei_n_03_1.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3798/projeto_de_lei_no_04.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3822/projeto_de_lei_no_05.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3823/projeto_de_lei_no_06.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3824/projeto_de_lei_no_07.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3825/projeto_de_lei_no_08.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3845/projeto_de_lei_no_09.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3869/projeto_de_lei_no_10_mikael.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3915/projeto_de_lei_no_11.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3951/pl12.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3949/projeto_de_lei_no_13.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3970/projeto_de_lei_no_14.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4047/projeto_de_lei_no_16.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3484/plc01.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3515/plc02.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3523/plc03.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3566/plc04.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3610/plc05.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3612/plc07.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3793/plcomplementar_no_09.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3964/projeto_de_lei_complementar_no_10_-_1.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3965/projeto_de_lei_complementar_no_11_-.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4046/projeto_de_lei_complementar_no_12.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3494/plc01-cam.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3604/projeto_de_resolucao_no_01_11.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3826/projeto_de_resolucao_no_05.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3916/projeto_de_resolucao_no_06.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4048/projeto_de_resolucao_no_07.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4049/projeto_de_resolucao_no_08.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3717/proposta_de_emenda_no_01.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3508/requerimento_no_01.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3509/requerimento_no_02.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3516/requerimento_no_03.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3517/requerimento_no_04.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3518/requerimento_no_05.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3532/requerimento_no_06.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3533/requerimento_no_07.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3534/requerimento_no_08.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3552/requerimento_no_14.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3553/requerimento_no_15.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3554/requerimento_no_16.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3555/requerimento_no_17.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3556/requerimento_no_18.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3557/requerimento_no_19.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3558/requerimento_no_20.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3559/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3560/requerimento_no_22_retirado_1.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3574/requerimento_no_27_1.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3575/requerimento_no_28_1.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3576/requerimento_no_29_1.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3577/requerimento_no_30_1.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3578/requerimento_no_31_1.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3579/requerimento_no_32_1.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3580/requerimento_no_33_1.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3581/requerimento_no_34_1.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3585/requerimento_no_35_1.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3588/requerimento_no_38_1.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3600/requerimento_no_42_1.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3601/requerimento_no_43_1.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3602/requerimento_no_44_1.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3627/requerimento_no_45_1.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3628/requerimento_no_46_1.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3629/requerimento_no_47_1.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3630/requerimento_no_48_1.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3631/requerimento_no_49_1.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3632/requerimento_no_50_1.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3633/requerimento_no_51_1.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3634/requerimento_no_52_1.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3635/requerimento_no_53_1.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3636/requerimento_no_54_1.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3637/requerimento_no_55_1.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3638/requerimento_no_56_1.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3639/requerimento_no_57_1.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3646/requerimento_no_64_1.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3647/requerimento_no_65_1.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3657/requerimento_no_66.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3658/requerimento_no_67.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3659/requerimento_no_68.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3660/requerimento_no_69.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3669/requerimento_no_77.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3679/requerimento_no_79_1.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3680/requerimento_no_80.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3681/requerimento_no_81_1.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3682/requerimento_no_82_1.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3683/requerimento_no_83_1.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3684/requerimento_no_84_11.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3685/requerimento_no_85_1.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3695/requerimento_no_86_1.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3699/requerimento_no_89_1.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3700/requerimento_no_90_1.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3701/requerimento_no_91_1.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3718/requerimento_no_92.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3719/requerimento_no_93_1.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3747/requerimento_no_101.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3748/requerimento_no_102.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3749/requerimento_no_103.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3750/requerimento_no_104.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3751/requerimento_no_105.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3752/requerimento_no_106.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3753/requerimento_no_107.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3755/requerimento_no_108.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3756/requerimento_no_109.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3758/requerimento_no_111.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3759/requerimento_no_112.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3779/requerimento_no_114.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3780/requerimento_no_115.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3781/requerimento_no_116.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3782/requerimento_no_117_1.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3783/requerimento_no_118.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3784/requerimento_no_119.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3785/requerimento_no_120.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3786/requerimento_no_121.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3787/requerimento_no_122.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3818/requerimento_no_126.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3819/requerimento_no_127.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3820/requerimento_no_128.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3821/requerimento_no_129.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3853/requerimento_no_144.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3854/requerimento_no_145.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3855/requerimento_no_146.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3856/requerimento_no_147.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3857/requerimento_no_148.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3858/requerimento_no_149.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3881/requerimento_no_152.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3882/requerimento_no_153.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3883/requerimento_no_154.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3884/requerimento_no_155.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3885/requerimento_no_156.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3886/requerimento_no_157.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3887/requerimento_no_158.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3888/requerimento_no_159.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3889/requerimento_no_160.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3890/requerimento_no_161.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3901/requerimento_no_167.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3905/requerimento_no_171.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3926/requerimento_no_177.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3927/requerimento_no_178.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3928/requerimento_no_179.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3929/requerimento_no_180.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3930/requerimento_no_181.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3931/requerimento_no_182.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3935/requerimento_no_186.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3954/requerimento_no_187.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3955/requerimento_no_188.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3972/requerimento_no_192.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3974/requerimento_no_194.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3987/requerimento_no_200.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3988/requerimento_no_201.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3989/requerimento_no_202.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3990/requerimento_no_203.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3991/requerimento_no_204.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4015/requerimento_no_210.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4016/requerimento_no_211.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4017/requerimento_no_212.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4018/requerimento_no_213.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4019/requerimento_no_214.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4034/requerimento_no_221.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4035/requerimento_no_222.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4036/requerimento_no_223.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4037/requerimento_no_224.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4040/requerimento_no_227.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4041/requerimento_no_228.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4042/requerimento_no_229.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3495/indicacao_no_01.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3496/indicacao_no_02.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3497/indicacao_no_03.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3498/indicacao_no_04.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3499/indicacao_no_05.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3500/indicacao_no_06.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3501/indicacao_no_07.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3502/indicacao_no_08.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3503/indicacao_no_09.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3504/indicacao_no_10.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3505/indicacao_no_11.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3506/indicacao_no_12.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3507/indicacao_no_13.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3519/indicacao_no_14.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3524/indicacao_no_15.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3525/indicacao_no_16.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3526/indicacao_no_17.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3527/indicacao_no_18.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3528/indicacao_no_19.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3529/indicacao_no_20.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3530/indicacao_no_21.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3531/indicacao_no_22.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3535/indicacao_no_23.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3536/indicacao_no_24.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3544/indicacao_no_25.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3545/indicacao_no_26.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3546/indicacao_no_27.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3547/indicacao_no_28.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3548/indicacao_no_29.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3549/indicacao_no_30.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3550/indicacao_no_31.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3551/indicacao_no_32.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3573/indicacao_no_33_1.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3592/indicacao_no_34_1.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3593/indicacao_no_35_1.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3594/indicacao_no_36_1.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3595/indicacao_no_37_1.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3596/indicacao_no_38.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3597/indicacao_no_39_1.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3598/indicacao_no_40_1.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3599/indicacao_no_41_1.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3603/indicacao_no_42_1.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3616/indicacao_no_43.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3617/indicacao_no_44.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3618/indicacao_no_45.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3619/indicacao_no_46.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3620/indicacao_no_47.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3621/indicacao_no_48.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3622/indicacao_no_49.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3623/indicacao_no_50.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3624/indicacao_no_51.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3625/indicacao_no_52.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3626/indicacao_no_53.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3653/indicacao_no_54.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3654/indicacao_no_55.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3655/indicacao_no_56.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3656/indicacao_no_57.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3671/indicacao_no_58.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3672/indicacao_no_59.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3673/indicacao_no_60.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3674/indicacao_no_61.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3675/indicacao_no_62.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3676/indicacao_no_63.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3677/indicacao_no_64.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3678/indicacao_no_65.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3686/indicacao_no_66.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3687/indicacao_no_67.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3688/indicacao_no_68_1.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3689/indicacao_no_69_1.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3690/indicacao_no_70.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3691/indicacao_no_71_1.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3692/indicacao_no_72.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3698/indicacao_no_73.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3702/indicacao_no_74_1.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3703/indicacao_no_75_1.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3712/indicacao_no_76_1.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3713/indicacao_no_77_1.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3714/indicacao_no_78_1.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3715/indicacao_no_79_1.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3716/indicacao_no_80_1.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3733/indicacao_no_81.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3734/indicacao_no_82.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3735/indicacao_no_83.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3736/indicacao_no_84.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3737/indicacao_no_85.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3738/indicacao_no_86.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3739/indicacao_no_87.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3740/indicacao_no_88.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3741/indicacao_no_89.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3742/indicacao_no_90.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3743/indicacao_no_91.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3744/indicacao_no_92.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3746/indicacao_no_94.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3760/indicacao_no_95.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3761/indicacao_no_96.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3762/indicacao_no_97.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3763/indicacao_no_98.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3764/indicacao_no_99.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3765/indicacao_no_100.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3771/indicacao_no_101.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3772/indicacao_no_102.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3773/indicacao_no_103.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3774/indicacao_no_104.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3775/indicacao_no_105.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3776/indicacao_no_106.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3777/indicacao_no_107.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3778/indicacao_no_108.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3810/indicacao_no_109.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3811/indicacao_no_110.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3812/indicacao_no_111.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3813/indicacao_no_112.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3814/indicacao_no_113.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3815/indicacao_no_114.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3816/indicacao_no_115.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3817/indicacao_no_116.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3860/indicacao_no_117.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3861/indicacao_no_118.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3862/indicacao_no_119.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3863/indicacao_no_120.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3864/indicacao_no_121.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3865/indicacao_no_122.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3866/indicacao_no_123.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3877/indicacao_no_124.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3878/indicacao_no_125.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3879/indicacao_no_126.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3880/indicacao_no_127.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3906/indicacao_no_128.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3907/indicacao_no_129.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3908/indicacao_no_130.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3920/indicacao_no_131.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3921/indicacao_no_132.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3922/indicacao_no_133.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3923/indicacao_no_134.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3924/indicacao_no_135.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3925/indicacao_no_136.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3936/indicacao_no_137.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3937/indicacao_no_138.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3938/indicacao_no_139.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3939/indicacao_no_140.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3940/indicacao_no_141.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3941/indicacao_no_142.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3942/indicacao_no_143.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3943/indicacao_no_144.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3944/indicacao_no_145.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3945/indicacao_no_146.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3946/indicacao_no_147.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3947/indicacao_no_148.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3948/indicacao_no_149.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3950/indicacao_no_150_.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3958/indicacao_no_151.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3959/indicacao_no_152.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3968/indicacao_no_155__retirada_pelo_autor_.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3994/indicacao_no_159.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3995/indicacao_no_160.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3996/indicacao_no_161.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4009/indicacao_no_162.docx" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4010/indicacao_no_163.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4011/indicacao_no_164.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4012/indicacao_no_165.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4013/indicacao_no_166.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4014/indicacao_no_167.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4028/indicacao_no_168.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4029/indicacao_no_169.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4030/indicacao_no_170.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4031/indicacao_no_171.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4032/indicacao_no_172.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4033/indicacao_no_173.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4050/indicacao_no_174.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4051/indicacao_no_175.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4052/indicacao_no_176.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4053/indicacao_no_177.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4054/indicacao_no_178.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4055/indicacao_no_179.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4056/indicacao_no_180.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3651/mocao_de_apoio_-_req.47.2025_1.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3803/mocao_de_pesar_-_neola_barbosa_guerbas.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3868/oficio_comunicando_sobre_veto_parcial_ao_projeto_de_lei_no_08_de_31_de_julho_de_2025._1.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3978/projeto_de_lei_complementar_no_10_-_alteracoes.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3979/pl_93-alterado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3485/pl01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3486/pl02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3487/pl03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3488/pl04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3489/pl05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3490/pl06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3491/pl07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3510/pl08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3511/pl09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3512/pl10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3513/pl11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3520/pl12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3521/pl13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3522/pl14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3542/pl15-assinado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3543/pl16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3561/pl_17_ok.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3562/pl18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3563/pl19-assinado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3564/pl20_ok.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3565/pl_21_ok.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3567/pl22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3568/pl23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3582/pl24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3583/pl25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3584/pl26_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3605/pl27_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3606/pl28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3607/pl29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3608/pl30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3609/pl31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3648/projeto_de_lei_no_33_de_07_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3649/projeto_de_lei_no_34_de_09_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3650/projeto_de_lei_no_35_de_09_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3664/pl36--.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3693/pl37_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3694/pl38_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3704/pl39--.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3706/pl40_1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3707/pl41_1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3708/pl42_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3709/pl43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3710/pl44--.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3711/pl45--.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3727/pl46-.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3728/pl47-.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3729/pl48-.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3730/pl49.-.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3731/pl50-.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3732/pl51-.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3767/pl52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3768/pl53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3769/pl54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3770/pl55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3794/pl56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3795/pl57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3796/pl58.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3797/pl59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3799/projeto_de_lei_no_60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3800/projeto_de_lei_no_61.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3804/pl62_1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3805/pl63.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3806/pl64.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3807/pl65.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3808/pl66.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3809/pl67.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3828/pl68_2.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3829/pl69.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3830/pl70.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3831/pl71.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3847/pl72.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3870/pl73.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3871/pl74.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3872/pl75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3873/pl76_1.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3874/pl77_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3875/pl78.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3876/pl79.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3896/pl80.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3897/pl81.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3898/pl82.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3899/pl83.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3900/pl84.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3917/pl85.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3918/pl86.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3919/pl87.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3952/pl88.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3953/pl89.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3960/pl90.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3961/pl91.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3962/pl92.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3963/pl_93.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3980/pl_94.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3981/pl_95.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3982/pl96.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3983/pl_97.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3984/pl_98.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4002/pl99.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4003/pl100.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4004/pl101.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4005/pl102.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4006/pl103.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4007/pl104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4008/pl105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4020/pl106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4026/pl107_correto.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4043/pl108.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4044/pl_109_alterado.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4045/pl110-anulacao.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4058/pl111.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4059/pl112.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4073/pl113.doc.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4074/pl114.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4075/pl115.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4076/pl116.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4087/pl117.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4088/pl118.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4089/pl119.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4090/pl120.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4091/pl121.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4093/pl123.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3492/pl01-cam.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3493/pl02-cam.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3652/projeto_de_lei_n_03_1.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3798/projeto_de_lei_no_04.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3822/projeto_de_lei_no_05.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3823/projeto_de_lei_no_06.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3824/projeto_de_lei_no_07.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3825/projeto_de_lei_no_08.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3845/projeto_de_lei_no_09.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3869/projeto_de_lei_no_10_mikael.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3915/projeto_de_lei_no_11.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3951/pl12.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3949/projeto_de_lei_no_13.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3970/projeto_de_lei_no_14.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4047/projeto_de_lei_no_16.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3484/plc01.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3515/plc02.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3523/plc03.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3566/plc04.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3610/plc05.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3612/plc07.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3793/plcomplementar_no_09.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3964/projeto_de_lei_complementar_no_10_-_1.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3965/projeto_de_lei_complementar_no_11_-.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4046/projeto_de_lei_complementar_no_12.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4077/projeto_de_lei_complementar_no_13.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3494/plc01-cam.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3604/projeto_de_resolucao_no_01_11.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3826/projeto_de_resolucao_no_05.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3916/projeto_de_resolucao_no_06.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4048/projeto_de_resolucao_no_07.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4049/projeto_de_resolucao_no_08.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3717/proposta_de_emenda_no_01.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4068/proposta_de_emenda_no_07_-_pl_109.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4069/projeto_de_emenda_no_08.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3508/requerimento_no_01.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3509/requerimento_no_02.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3516/requerimento_no_03.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3517/requerimento_no_04.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3518/requerimento_no_05.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3532/requerimento_no_06.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3533/requerimento_no_07.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3534/requerimento_no_08.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3552/requerimento_no_14.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3553/requerimento_no_15.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3554/requerimento_no_16.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3555/requerimento_no_17.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3556/requerimento_no_18.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3557/requerimento_no_19.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3558/requerimento_no_20.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3559/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3560/requerimento_no_22_retirado_1.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3574/requerimento_no_27_1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3575/requerimento_no_28_1.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3576/requerimento_no_29_1.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3577/requerimento_no_30_1.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3578/requerimento_no_31_1.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3579/requerimento_no_32_1.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3580/requerimento_no_33_1.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3581/requerimento_no_34_1.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3585/requerimento_no_35_1.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3588/requerimento_no_38_1.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3600/requerimento_no_42_1.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3601/requerimento_no_43_1.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3602/requerimento_no_44_1.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3627/requerimento_no_45_1.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3628/requerimento_no_46_1.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3629/requerimento_no_47_1.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3630/requerimento_no_48_1.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3631/requerimento_no_49_1.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3632/requerimento_no_50_1.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3633/requerimento_no_51_1.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3634/requerimento_no_52_1.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3635/requerimento_no_53_1.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3636/requerimento_no_54_1.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3637/requerimento_no_55_1.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3638/requerimento_no_56_1.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3639/requerimento_no_57_1.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3646/requerimento_no_64_1.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3647/requerimento_no_65_1.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3657/requerimento_no_66.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3658/requerimento_no_67.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3659/requerimento_no_68.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3660/requerimento_no_69.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3669/requerimento_no_77.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3679/requerimento_no_79_1.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3680/requerimento_no_80.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3681/requerimento_no_81_1.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3682/requerimento_no_82_1.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3683/requerimento_no_83_1.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3684/requerimento_no_84_11.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3685/requerimento_no_85_1.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3695/requerimento_no_86_1.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3699/requerimento_no_89_1.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3700/requerimento_no_90_1.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3701/requerimento_no_91_1.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3718/requerimento_no_92.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3719/requerimento_no_93_1.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3747/requerimento_no_101.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3748/requerimento_no_102.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3749/requerimento_no_103.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3750/requerimento_no_104.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3751/requerimento_no_105.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3752/requerimento_no_106.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3753/requerimento_no_107.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3755/requerimento_no_108.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3756/requerimento_no_109.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3758/requerimento_no_111.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3759/requerimento_no_112.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3779/requerimento_no_114.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3780/requerimento_no_115.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3781/requerimento_no_116.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3782/requerimento_no_117_1.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3783/requerimento_no_118.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3784/requerimento_no_119.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3785/requerimento_no_120.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3786/requerimento_no_121.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3787/requerimento_no_122.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3818/requerimento_no_126.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3819/requerimento_no_127.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3820/requerimento_no_128.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3821/requerimento_no_129.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3853/requerimento_no_144.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3854/requerimento_no_145.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3855/requerimento_no_146.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3856/requerimento_no_147.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3857/requerimento_no_148.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3858/requerimento_no_149.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3881/requerimento_no_152.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3882/requerimento_no_153.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3883/requerimento_no_154.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3884/requerimento_no_155.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3885/requerimento_no_156.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3886/requerimento_no_157.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3887/requerimento_no_158.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3888/requerimento_no_159.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3889/requerimento_no_160.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3890/requerimento_no_161.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3901/requerimento_no_167.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3903/requerimento_no_169.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3904/requerimento_no_170.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3905/requerimento_no_171.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3926/requerimento_no_177.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3927/requerimento_no_178.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3928/requerimento_no_179.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3929/requerimento_no_180.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3930/requerimento_no_181.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3931/requerimento_no_182.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3935/requerimento_no_186.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3954/requerimento_no_187.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3955/requerimento_no_188.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3972/requerimento_no_192.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3974/requerimento_no_194.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3987/requerimento_no_200.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3988/requerimento_no_201.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3989/requerimento_no_202.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3990/requerimento_no_203.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3991/requerimento_no_204.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4015/requerimento_no_210.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4016/requerimento_no_211.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4017/requerimento_no_212.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4018/requerimento_no_213.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4019/requerimento_no_214.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4034/requerimento_no_221.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4035/requerimento_no_222.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4036/requerimento_no_223.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4037/requerimento_no_224.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4040/requerimento_no_227.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4041/requerimento_no_228.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4042/requerimento_no_229.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4064/requerimento_no_234.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4063/requerimento_no_235.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4062/requerimento_no_236.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4078/requerimento_no_240.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4079/requerimento_no_241.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3495/indicacao_no_01.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3496/indicacao_no_02.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3497/indicacao_no_03.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3498/indicacao_no_04.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3499/indicacao_no_05.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3500/indicacao_no_06.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3501/indicacao_no_07.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3502/indicacao_no_08.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3503/indicacao_no_09.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3504/indicacao_no_10.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3505/indicacao_no_11.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3506/indicacao_no_12.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3507/indicacao_no_13.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3519/indicacao_no_14.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3524/indicacao_no_15.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3525/indicacao_no_16.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3526/indicacao_no_17.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3527/indicacao_no_18.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3528/indicacao_no_19.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3529/indicacao_no_20.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3530/indicacao_no_21.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3531/indicacao_no_22.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3535/indicacao_no_23.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3536/indicacao_no_24.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3544/indicacao_no_25.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3545/indicacao_no_26.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3546/indicacao_no_27.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3547/indicacao_no_28.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3548/indicacao_no_29.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3549/indicacao_no_30.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3550/indicacao_no_31.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3551/indicacao_no_32.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3573/indicacao_no_33_1.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3592/indicacao_no_34_1.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3593/indicacao_no_35_1.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3594/indicacao_no_36_1.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3595/indicacao_no_37_1.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3596/indicacao_no_38.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3597/indicacao_no_39_1.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3598/indicacao_no_40_1.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3599/indicacao_no_41_1.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3603/indicacao_no_42_1.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3616/indicacao_no_43.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3617/indicacao_no_44.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3618/indicacao_no_45.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3619/indicacao_no_46.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3620/indicacao_no_47.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3621/indicacao_no_48.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3622/indicacao_no_49.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3623/indicacao_no_50.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3624/indicacao_no_51.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3625/indicacao_no_52.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3626/indicacao_no_53.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3653/indicacao_no_54.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3654/indicacao_no_55.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3655/indicacao_no_56.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3656/indicacao_no_57.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3671/indicacao_no_58.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3672/indicacao_no_59.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3673/indicacao_no_60.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3674/indicacao_no_61.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3675/indicacao_no_62.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3676/indicacao_no_63.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3677/indicacao_no_64.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3678/indicacao_no_65.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3686/indicacao_no_66.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3687/indicacao_no_67.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3688/indicacao_no_68_1.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3689/indicacao_no_69_1.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3690/indicacao_no_70.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3691/indicacao_no_71_1.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3692/indicacao_no_72.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3698/indicacao_no_73.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3702/indicacao_no_74_1.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3703/indicacao_no_75_1.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3712/indicacao_no_76_1.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3713/indicacao_no_77_1.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3714/indicacao_no_78_1.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3715/indicacao_no_79_1.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3716/indicacao_no_80_1.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3733/indicacao_no_81.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3734/indicacao_no_82.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3735/indicacao_no_83.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3736/indicacao_no_84.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3737/indicacao_no_85.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3738/indicacao_no_86.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3739/indicacao_no_87.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3740/indicacao_no_88.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3741/indicacao_no_89.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3742/indicacao_no_90.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3743/indicacao_no_91.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3744/indicacao_no_92.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3745/indicacao_no_93.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3746/indicacao_no_94.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3760/indicacao_no_95.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3761/indicacao_no_96.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3762/indicacao_no_97.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3763/indicacao_no_98.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3764/indicacao_no_99.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3765/indicacao_no_100.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3771/indicacao_no_101.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3772/indicacao_no_102.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3773/indicacao_no_103.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3774/indicacao_no_104.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3775/indicacao_no_105.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3776/indicacao_no_106.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3777/indicacao_no_107.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3778/indicacao_no_108.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3810/indicacao_no_109.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3811/indicacao_no_110.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3812/indicacao_no_111.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3813/indicacao_no_112.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3814/indicacao_no_113.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3815/indicacao_no_114.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3816/indicacao_no_115.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3817/indicacao_no_116.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3860/indicacao_no_117.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3861/indicacao_no_118.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3862/indicacao_no_119.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3863/indicacao_no_120.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3864/indicacao_no_121.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3865/indicacao_no_122.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3866/indicacao_no_123.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3877/indicacao_no_124.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3878/indicacao_no_125.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3879/indicacao_no_126.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3880/indicacao_no_127.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3906/indicacao_no_128.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3907/indicacao_no_129.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3908/indicacao_no_130.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3920/indicacao_no_131.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3921/indicacao_no_132.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3922/indicacao_no_133.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3923/indicacao_no_134.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3924/indicacao_no_135.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3925/indicacao_no_136.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3936/indicacao_no_137.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3937/indicacao_no_138.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3938/indicacao_no_139.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3939/indicacao_no_140.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3940/indicacao_no_141.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3941/indicacao_no_142.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3942/indicacao_no_143.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3943/indicacao_no_144.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3944/indicacao_no_145.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3945/indicacao_no_146.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3946/indicacao_no_147.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3947/indicacao_no_148.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3948/indicacao_no_149.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3950/indicacao_no_150_.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3958/indicacao_no_151.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3959/indicacao_no_152.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3966/indicacao_no_153.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3967/indicacao_no_154.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3968/indicacao_no_155__retirada_pelo_autor_.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3969/indicacao_no_156.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3992/indicacao_no_157.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3993/indicacao_no_158.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3994/indicacao_no_159.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3995/indicacao_no_160.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3996/indicacao_no_161.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4009/indicacao_no_162.docx" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4010/indicacao_no_163.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4011/indicacao_no_164.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4012/indicacao_no_165.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4013/indicacao_no_166.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4014/indicacao_no_167.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4028/indicacao_no_168.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4029/indicacao_no_169.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4030/indicacao_no_170.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4031/indicacao_no_171.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4032/indicacao_no_172.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4033/indicacao_no_173.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4050/indicacao_no_174.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4051/indicacao_no_175.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4052/indicacao_no_176.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4053/indicacao_no_177.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4054/indicacao_no_178.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4055/indicacao_no_179.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4056/indicacao_no_180.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4060/indicacao_no_181.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4061/indicacao_no_182.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4080/indicacao_no_183.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4081/indicacao_no_184.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4082/indicacao_no_185.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4083/indicacao_no_186.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3651/mocao_de_apoio_-_req.47.2025_1.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3803/mocao_de_pesar_-_neola_barbosa_guerbas.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3868/oficio_comunicando_sobre_veto_parcial_ao_projeto_de_lei_no_08_de_31_de_julho_de_2025._1.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3978/projeto_de_lei_complementar_no_10_-_alteracoes.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3979/pl_93-alterado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H570"/>
+  <dimension ref="A1:H604"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="175.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="161.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -9000,11921 +9349,12799 @@
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
       <c r="E113" t="s">
         <v>12</v>
       </c>
       <c r="F113" t="s">
         <v>13</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>456</v>
       </c>
       <c r="H113" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>458</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>10</v>
+        <v>459</v>
       </c>
       <c r="D114" t="s">
-        <v>459</v>
+        <v>11</v>
       </c>
       <c r="E114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F114" t="s">
+        <v>13</v>
+      </c>
+      <c r="G114" s="1" t="s">
         <v>460</v>
       </c>
-      <c r="F114" t="s">
+      <c r="H114" t="s">
         <v>461</v>
-      </c>
-[...4 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
+        <v>462</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>463</v>
+      </c>
+      <c r="D115" t="s">
+        <v>11</v>
+      </c>
+      <c r="E115" t="s">
+        <v>12</v>
+      </c>
+      <c r="F115" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" s="1" t="s">
         <v>464</v>
       </c>
-      <c r="B115" t="s">
-[...14 lines deleted...]
-      <c r="G115" s="1" t="s">
+      <c r="H115" t="s">
         <v>465</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>466</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
         <v>467</v>
       </c>
-      <c r="B116" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D116" t="s">
-        <v>459</v>
+        <v>11</v>
       </c>
       <c r="E116" t="s">
-        <v>460</v>
+        <v>12</v>
       </c>
       <c r="F116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" s="1" t="s">
         <v>468</v>
       </c>
-      <c r="G116" s="1" t="s">
+      <c r="H116" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>470</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
         <v>471</v>
       </c>
-      <c r="B117" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D117" t="s">
-        <v>459</v>
+        <v>11</v>
       </c>
       <c r="E117" t="s">
-        <v>460</v>
+        <v>12</v>
       </c>
       <c r="F117" t="s">
-        <v>468</v>
+        <v>13</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>472</v>
       </c>
       <c r="H117" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>474</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>29</v>
+        <v>475</v>
       </c>
       <c r="D118" t="s">
-        <v>459</v>
+        <v>11</v>
       </c>
       <c r="E118" t="s">
-        <v>460</v>
+        <v>12</v>
       </c>
       <c r="F118" t="s">
-        <v>475</v>
+        <v>13</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>476</v>
       </c>
       <c r="H118" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>478</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>33</v>
+        <v>479</v>
       </c>
       <c r="D119" t="s">
-        <v>459</v>
+        <v>11</v>
       </c>
       <c r="E119" t="s">
-        <v>460</v>
+        <v>12</v>
       </c>
       <c r="F119" t="s">
-        <v>479</v>
+        <v>13</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>480</v>
       </c>
       <c r="H119" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>482</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>37</v>
+        <v>483</v>
       </c>
       <c r="D120" t="s">
-        <v>459</v>
+        <v>11</v>
       </c>
       <c r="E120" t="s">
-        <v>460</v>
+        <v>12</v>
       </c>
       <c r="F120" t="s">
-        <v>475</v>
+        <v>13</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="H120" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>41</v>
+        <v>487</v>
       </c>
       <c r="D121" t="s">
-        <v>459</v>
+        <v>11</v>
       </c>
       <c r="E121" t="s">
-        <v>460</v>
+        <v>12</v>
       </c>
       <c r="F121" t="s">
-        <v>486</v>
+        <v>13</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="H121" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>45</v>
+        <v>491</v>
       </c>
       <c r="D122" t="s">
-        <v>459</v>
+        <v>11</v>
       </c>
       <c r="E122" t="s">
-        <v>460</v>
+        <v>12</v>
       </c>
       <c r="F122" t="s">
-        <v>490</v>
+        <v>13</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="H122" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>49</v>
+        <v>495</v>
       </c>
       <c r="D123" t="s">
-        <v>459</v>
+        <v>11</v>
       </c>
       <c r="E123" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-        <v>494</v>
+        <v>12</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>495</v>
+        <v>138</v>
       </c>
       <c r="H123" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>497</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>53</v>
+        <v>498</v>
       </c>
       <c r="D124" t="s">
-        <v>459</v>
+        <v>11</v>
       </c>
       <c r="E124" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-        <v>479</v>
+        <v>12</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="H124" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="D125" t="s">
-        <v>459</v>
+        <v>502</v>
       </c>
       <c r="E125" t="s">
-        <v>460</v>
+        <v>503</v>
       </c>
       <c r="F125" t="s">
-        <v>475</v>
+        <v>504</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="H125" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
+        <v>507</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>17</v>
+      </c>
+      <c r="D126" t="s">
+        <v>502</v>
+      </c>
+      <c r="E126" t="s">
         <v>503</v>
-      </c>
-[...10 lines deleted...]
-        <v>460</v>
       </c>
       <c r="F126" t="s">
         <v>504</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="H126" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>65</v>
+        <v>21</v>
       </c>
       <c r="D127" t="s">
-        <v>459</v>
+        <v>502</v>
       </c>
       <c r="E127" t="s">
-        <v>460</v>
+        <v>503</v>
       </c>
       <c r="F127" t="s">
-        <v>475</v>
+        <v>511</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="H127" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="D128" t="s">
-        <v>459</v>
+        <v>502</v>
       </c>
       <c r="E128" t="s">
-        <v>460</v>
+        <v>503</v>
       </c>
       <c r="F128" t="s">
-        <v>486</v>
+        <v>511</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="H128" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="D129" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="E129" t="s">
-        <v>515</v>
+        <v>503</v>
       </c>
       <c r="F129" t="s">
-        <v>13</v>
+        <v>518</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="H129" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="D130" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="E130" t="s">
-        <v>515</v>
+        <v>503</v>
       </c>
       <c r="F130" t="s">
-        <v>13</v>
+        <v>522</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="H130" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="D131" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="E131" t="s">
-        <v>515</v>
+        <v>503</v>
       </c>
       <c r="F131" t="s">
-        <v>13</v>
+        <v>518</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="H131" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="D132" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="E132" t="s">
-        <v>515</v>
+        <v>503</v>
       </c>
       <c r="F132" t="s">
-        <v>13</v>
+        <v>529</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="H132" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="D133" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="E133" t="s">
-        <v>515</v>
+        <v>503</v>
       </c>
       <c r="F133" t="s">
-        <v>13</v>
+        <v>533</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="H133" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="D134" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="E134" t="s">
-        <v>515</v>
+        <v>503</v>
       </c>
       <c r="F134" t="s">
-        <v>13</v>
+        <v>537</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>138</v>
+        <v>538</v>
       </c>
       <c r="H134" t="s">
-        <v>531</v>
+        <v>539</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>532</v>
+        <v>540</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="D135" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="E135" t="s">
-        <v>515</v>
+        <v>503</v>
       </c>
       <c r="F135" t="s">
-        <v>13</v>
+        <v>522</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>533</v>
+        <v>541</v>
       </c>
       <c r="H135" t="s">
-        <v>534</v>
+        <v>542</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>535</v>
+        <v>543</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="D136" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="E136" t="s">
-        <v>515</v>
+        <v>503</v>
       </c>
       <c r="F136" t="s">
-        <v>13</v>
+        <v>518</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>138</v>
+        <v>544</v>
       </c>
       <c r="H136" t="s">
-        <v>536</v>
+        <v>545</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>537</v>
+        <v>546</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="D137" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="E137" t="s">
-        <v>515</v>
+        <v>503</v>
       </c>
       <c r="F137" t="s">
-        <v>13</v>
+        <v>547</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>538</v>
+        <v>548</v>
       </c>
       <c r="H137" t="s">
-        <v>539</v>
+        <v>549</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>540</v>
+        <v>550</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="D138" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="E138" t="s">
-        <v>515</v>
+        <v>503</v>
       </c>
       <c r="F138" t="s">
-        <v>13</v>
+        <v>518</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>541</v>
+        <v>551</v>
       </c>
       <c r="H138" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>543</v>
+        <v>553</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>53</v>
+        <v>73</v>
       </c>
       <c r="D139" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="E139" t="s">
-        <v>515</v>
+        <v>503</v>
       </c>
       <c r="F139" t="s">
-        <v>13</v>
+        <v>529</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>544</v>
+        <v>554</v>
       </c>
       <c r="H139" t="s">
-        <v>545</v>
+        <v>555</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>546</v>
+        <v>556</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="D140" t="s">
-        <v>514</v>
+        <v>557</v>
       </c>
       <c r="E140" t="s">
-        <v>515</v>
+        <v>558</v>
       </c>
       <c r="F140" t="s">
         <v>13</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>547</v>
+        <v>559</v>
       </c>
       <c r="H140" t="s">
-        <v>548</v>
+        <v>560</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>549</v>
+        <v>561</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D141" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="E141" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
       <c r="F141" t="s">
-        <v>461</v>
+        <v>13</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>552</v>
+        <v>562</v>
       </c>
       <c r="H141" t="s">
-        <v>553</v>
+        <v>563</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>554</v>
+        <v>564</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D142" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="E142" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
       <c r="F142" t="s">
-        <v>555</v>
+        <v>13</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>138</v>
+        <v>565</v>
       </c>
       <c r="H142" t="s">
-        <v>556</v>
+        <v>566</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>567</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>25</v>
+      </c>
+      <c r="D143" t="s">
         <v>557</v>
       </c>
-      <c r="B143" t="s">
-[...5 lines deleted...]
-      <c r="D143" t="s">
+      <c r="E143" t="s">
         <v>558</v>
       </c>
-      <c r="E143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F143" t="s">
-        <v>560</v>
+        <v>13</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>561</v>
+        <v>568</v>
       </c>
       <c r="H143" t="s">
-        <v>562</v>
+        <v>569</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D144" t="s">
+        <v>557</v>
+      </c>
+      <c r="E144" t="s">
         <v>558</v>
       </c>
-      <c r="E144" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F144" t="s">
-        <v>564</v>
+        <v>13</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>138</v>
+        <v>571</v>
       </c>
       <c r="H144" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="D145" t="s">
+        <v>557</v>
+      </c>
+      <c r="E145" t="s">
         <v>558</v>
       </c>
-      <c r="E145" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F145" t="s">
-        <v>461</v>
+        <v>13</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H145" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="D146" t="s">
+        <v>557</v>
+      </c>
+      <c r="E146" t="s">
         <v>558</v>
       </c>
-      <c r="E146" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F146" t="s">
-        <v>461</v>
+        <v>13</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>138</v>
+        <v>576</v>
       </c>
       <c r="H146" t="s">
-        <v>569</v>
+        <v>577</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>570</v>
+        <v>578</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="D147" t="s">
+        <v>557</v>
+      </c>
+      <c r="E147" t="s">
         <v>558</v>
       </c>
-      <c r="E147" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F147" t="s">
-        <v>475</v>
+        <v>13</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>571</v>
+        <v>138</v>
       </c>
       <c r="H147" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="D148" t="s">
+        <v>557</v>
+      </c>
+      <c r="E148" t="s">
         <v>558</v>
       </c>
-      <c r="E148" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F148" t="s">
-        <v>461</v>
+        <v>13</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="H148" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="D149" t="s">
+        <v>557</v>
+      </c>
+      <c r="E149" t="s">
         <v>558</v>
       </c>
-      <c r="E149" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F149" t="s">
-        <v>560</v>
+        <v>13</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
       <c r="H149" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="D150" t="s">
+        <v>557</v>
+      </c>
+      <c r="E150" t="s">
         <v>558</v>
       </c>
-      <c r="E150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F150" t="s">
-        <v>560</v>
+        <v>13</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="H150" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="D151" t="s">
-        <v>583</v>
+        <v>557</v>
       </c>
       <c r="E151" t="s">
-        <v>584</v>
+        <v>558</v>
       </c>
       <c r="F151" t="s">
-        <v>585</v>
+        <v>13</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="H151" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="D152" t="s">
-        <v>583</v>
+        <v>557</v>
       </c>
       <c r="E152" t="s">
-        <v>584</v>
+        <v>558</v>
       </c>
       <c r="F152" t="s">
-        <v>504</v>
+        <v>13</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>138</v>
+        <v>593</v>
       </c>
       <c r="H152" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D153" t="s">
-        <v>583</v>
+        <v>596</v>
       </c>
       <c r="E153" t="s">
-        <v>584</v>
+        <v>597</v>
       </c>
       <c r="F153" t="s">
-        <v>486</v>
+        <v>504</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>138</v>
+        <v>598</v>
       </c>
       <c r="H153" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>592</v>
+        <v>600</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D154" t="s">
-        <v>583</v>
+        <v>596</v>
       </c>
       <c r="E154" t="s">
-        <v>584</v>
+        <v>597</v>
       </c>
       <c r="F154" t="s">
-        <v>486</v>
+        <v>601</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H154" t="s">
-        <v>593</v>
+        <v>602</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>594</v>
+        <v>603</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="D155" t="s">
-        <v>583</v>
+        <v>604</v>
       </c>
       <c r="E155" t="s">
-        <v>584</v>
+        <v>605</v>
       </c>
       <c r="F155" t="s">
-        <v>595</v>
+        <v>606</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>138</v>
+        <v>607</v>
       </c>
       <c r="H155" t="s">
-        <v>596</v>
+        <v>608</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>597</v>
+        <v>609</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="D156" t="s">
-        <v>583</v>
+        <v>604</v>
       </c>
       <c r="E156" t="s">
-        <v>584</v>
+        <v>605</v>
       </c>
       <c r="F156" t="s">
-        <v>585</v>
+        <v>610</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H156" t="s">
-        <v>598</v>
+        <v>611</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>599</v>
+        <v>612</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D157" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="E157" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="F157" t="s">
         <v>504</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>602</v>
+        <v>138</v>
       </c>
       <c r="H157" t="s">
-        <v>603</v>
+        <v>613</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
+        <v>614</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>25</v>
+      </c>
+      <c r="D158" t="s">
         <v>604</v>
       </c>
-      <c r="B158" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E158" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="F158" t="s">
         <v>504</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>605</v>
+        <v>138</v>
       </c>
       <c r="H158" t="s">
-        <v>606</v>
+        <v>615</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>607</v>
+        <v>616</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="D159" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="E159" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="F159" t="s">
-        <v>475</v>
+        <v>518</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>608</v>
+        <v>617</v>
       </c>
       <c r="H159" t="s">
-        <v>609</v>
+        <v>618</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>610</v>
+        <v>619</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="D160" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="E160" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="F160" t="s">
-        <v>475</v>
+        <v>504</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>611</v>
+        <v>620</v>
       </c>
       <c r="H160" t="s">
-        <v>612</v>
+        <v>621</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>613</v>
+        <v>622</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="D161" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="E161" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="F161" t="s">
-        <v>614</v>
+        <v>606</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>615</v>
+        <v>623</v>
       </c>
       <c r="H161" t="s">
-        <v>616</v>
+        <v>624</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>617</v>
+        <v>625</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="D162" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="E162" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="F162" t="s">
-        <v>479</v>
+        <v>606</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>618</v>
+        <v>626</v>
       </c>
       <c r="H162" t="s">
-        <v>619</v>
+        <v>627</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="D163" t="s">
-        <v>600</v>
+        <v>629</v>
       </c>
       <c r="E163" t="s">
-        <v>601</v>
+        <v>630</v>
       </c>
       <c r="F163" t="s">
-        <v>468</v>
+        <v>631</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>621</v>
+        <v>632</v>
       </c>
       <c r="H163" t="s">
-        <v>622</v>
+        <v>633</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>623</v>
+        <v>634</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="D164" t="s">
-        <v>600</v>
+        <v>629</v>
       </c>
       <c r="E164" t="s">
-        <v>601</v>
+        <v>630</v>
       </c>
       <c r="F164" t="s">
-        <v>475</v>
+        <v>547</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>624</v>
+        <v>138</v>
       </c>
       <c r="H164" t="s">
-        <v>625</v>
+        <v>635</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>626</v>
+        <v>636</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="D165" t="s">
-        <v>600</v>
+        <v>629</v>
       </c>
       <c r="E165" t="s">
-        <v>601</v>
+        <v>630</v>
       </c>
       <c r="F165" t="s">
-        <v>468</v>
+        <v>529</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H165" t="s">
-        <v>627</v>
+        <v>637</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>628</v>
+        <v>638</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="D166" t="s">
-        <v>600</v>
+        <v>629</v>
       </c>
       <c r="E166" t="s">
-        <v>601</v>
+        <v>630</v>
       </c>
       <c r="F166" t="s">
-        <v>468</v>
+        <v>529</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H166" t="s">
-        <v>629</v>
+        <v>639</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
+        <v>640</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>29</v>
+      </c>
+      <c r="D167" t="s">
+        <v>629</v>
+      </c>
+      <c r="E167" t="s">
         <v>630</v>
       </c>
-      <c r="B167" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F167" t="s">
-        <v>468</v>
+        <v>641</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H167" t="s">
-        <v>631</v>
+        <v>642</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>632</v>
+        <v>643</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="D168" t="s">
-        <v>600</v>
+        <v>629</v>
       </c>
       <c r="E168" t="s">
-        <v>601</v>
+        <v>630</v>
       </c>
       <c r="F168" t="s">
-        <v>468</v>
+        <v>631</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H168" t="s">
-        <v>633</v>
+        <v>644</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>634</v>
+        <v>645</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>61</v>
+        <v>37</v>
       </c>
       <c r="D169" t="s">
-        <v>600</v>
+        <v>629</v>
       </c>
       <c r="E169" t="s">
-        <v>601</v>
+        <v>630</v>
       </c>
       <c r="F169" t="s">
-        <v>468</v>
+        <v>533</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>138</v>
+        <v>646</v>
       </c>
       <c r="H169" t="s">
-        <v>635</v>
+        <v>647</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>636</v>
+        <v>648</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="D170" t="s">
-        <v>600</v>
+        <v>629</v>
       </c>
       <c r="E170" t="s">
-        <v>601</v>
+        <v>630</v>
       </c>
       <c r="F170" t="s">
-        <v>475</v>
+        <v>649</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>637</v>
+        <v>650</v>
       </c>
       <c r="H170" t="s">
-        <v>638</v>
+        <v>651</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>639</v>
+        <v>652</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>69</v>
+        <v>10</v>
       </c>
       <c r="D171" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E171" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F171" t="s">
-        <v>475</v>
+        <v>547</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>640</v>
+        <v>655</v>
       </c>
       <c r="H171" t="s">
-        <v>641</v>
+        <v>656</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>642</v>
+        <v>657</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>73</v>
+        <v>17</v>
       </c>
       <c r="D172" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E172" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F172" t="s">
-        <v>475</v>
+        <v>547</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>643</v>
+        <v>658</v>
       </c>
       <c r="H172" t="s">
-        <v>644</v>
+        <v>659</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>645</v>
+        <v>660</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>77</v>
+        <v>21</v>
       </c>
       <c r="D173" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E173" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F173" t="s">
-        <v>486</v>
+        <v>518</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>646</v>
+        <v>661</v>
       </c>
       <c r="H173" t="s">
-        <v>647</v>
+        <v>662</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>648</v>
+        <v>663</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="D174" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E174" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F174" t="s">
-        <v>649</v>
+        <v>518</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>650</v>
+        <v>664</v>
       </c>
       <c r="H174" t="s">
-        <v>651</v>
+        <v>665</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="D175" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E175" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F175" t="s">
-        <v>560</v>
+        <v>667</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>653</v>
+        <v>668</v>
       </c>
       <c r="H175" t="s">
-        <v>654</v>
+        <v>669</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>655</v>
+        <v>670</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="D176" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E176" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F176" t="s">
-        <v>560</v>
+        <v>522</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>656</v>
+        <v>671</v>
       </c>
       <c r="H176" t="s">
-        <v>657</v>
+        <v>672</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>658</v>
+        <v>673</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>93</v>
+        <v>37</v>
       </c>
       <c r="D177" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E177" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F177" t="s">
-        <v>555</v>
+        <v>511</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>659</v>
+        <v>674</v>
       </c>
       <c r="H177" t="s">
-        <v>660</v>
+        <v>675</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>661</v>
+        <v>676</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="D178" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E178" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F178" t="s">
-        <v>555</v>
+        <v>518</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>662</v>
+        <v>677</v>
       </c>
       <c r="H178" t="s">
-        <v>663</v>
+        <v>678</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>664</v>
+        <v>679</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>101</v>
+        <v>45</v>
       </c>
       <c r="D179" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E179" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F179" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G179" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H179" t="s">
-        <v>665</v>
+        <v>680</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>666</v>
+        <v>681</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>105</v>
+        <v>49</v>
       </c>
       <c r="D180" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E180" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F180" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G180" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H180" t="s">
-        <v>667</v>
+        <v>682</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>668</v>
+        <v>683</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>109</v>
+        <v>53</v>
       </c>
       <c r="D181" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E181" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F181" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G181" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H181" t="s">
-        <v>669</v>
+        <v>684</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>670</v>
+        <v>685</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>113</v>
+        <v>57</v>
       </c>
       <c r="D182" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E182" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F182" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G182" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H182" t="s">
-        <v>671</v>
+        <v>686</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>672</v>
+        <v>687</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>117</v>
+        <v>61</v>
       </c>
       <c r="D183" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E183" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F183" t="s">
-        <v>649</v>
+        <v>511</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>673</v>
+        <v>138</v>
       </c>
       <c r="H183" t="s">
-        <v>674</v>
+        <v>688</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>675</v>
+        <v>689</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>121</v>
+        <v>65</v>
       </c>
       <c r="D184" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E184" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F184" t="s">
-        <v>676</v>
+        <v>518</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>677</v>
+        <v>690</v>
       </c>
       <c r="H184" t="s">
-        <v>678</v>
+        <v>691</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>679</v>
+        <v>692</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>125</v>
+        <v>69</v>
       </c>
       <c r="D185" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E185" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F185" t="s">
-        <v>486</v>
+        <v>518</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>680</v>
+        <v>693</v>
       </c>
       <c r="H185" t="s">
-        <v>681</v>
+        <v>694</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>682</v>
+        <v>695</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="D186" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E186" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F186" t="s">
-        <v>486</v>
+        <v>518</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>683</v>
+        <v>696</v>
       </c>
       <c r="H186" t="s">
-        <v>684</v>
+        <v>697</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>685</v>
+        <v>698</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>133</v>
+        <v>77</v>
       </c>
       <c r="D187" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E187" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F187" t="s">
-        <v>486</v>
+        <v>529</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="H187" t="s">
-        <v>687</v>
+        <v>700</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>688</v>
+        <v>701</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>137</v>
+        <v>81</v>
       </c>
       <c r="D188" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E188" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F188" t="s">
-        <v>486</v>
+        <v>702</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>689</v>
+        <v>703</v>
       </c>
       <c r="H188" t="s">
-        <v>690</v>
+        <v>704</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>691</v>
+        <v>705</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>141</v>
+        <v>85</v>
       </c>
       <c r="D189" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E189" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F189" t="s">
-        <v>676</v>
+        <v>606</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>692</v>
+        <v>706</v>
       </c>
       <c r="H189" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>694</v>
+        <v>708</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>145</v>
+        <v>89</v>
       </c>
       <c r="D190" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E190" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F190" t="s">
-        <v>676</v>
+        <v>606</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>695</v>
+        <v>709</v>
       </c>
       <c r="H190" t="s">
-        <v>696</v>
+        <v>710</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>697</v>
+        <v>711</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>149</v>
+        <v>93</v>
       </c>
       <c r="D191" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E191" t="s">
+        <v>654</v>
+      </c>
+      <c r="F191" t="s">
         <v>601</v>
       </c>
-      <c r="F191" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G191" s="1" t="s">
-        <v>698</v>
+        <v>712</v>
       </c>
       <c r="H191" t="s">
-        <v>699</v>
+        <v>713</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>153</v>
+        <v>97</v>
       </c>
       <c r="D192" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E192" t="s">
+        <v>654</v>
+      </c>
+      <c r="F192" t="s">
         <v>601</v>
       </c>
-      <c r="F192" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G192" s="1" t="s">
-        <v>138</v>
+        <v>715</v>
       </c>
       <c r="H192" t="s">
-        <v>701</v>
+        <v>716</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>702</v>
+        <v>717</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>157</v>
+        <v>101</v>
       </c>
       <c r="D193" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E193" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F193" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H193" t="s">
-        <v>703</v>
+        <v>718</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>704</v>
+        <v>719</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>161</v>
+        <v>105</v>
       </c>
       <c r="D194" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E194" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F194" t="s">
-        <v>649</v>
+        <v>511</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>705</v>
+        <v>138</v>
       </c>
       <c r="H194" t="s">
-        <v>706</v>
+        <v>720</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>707</v>
+        <v>721</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>165</v>
+        <v>109</v>
       </c>
       <c r="D195" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E195" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F195" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H195" t="s">
-        <v>708</v>
+        <v>722</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>709</v>
+        <v>723</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>169</v>
+        <v>113</v>
       </c>
       <c r="D196" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E196" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F196" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G196" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H196" t="s">
-        <v>710</v>
+        <v>724</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>711</v>
+        <v>725</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>173</v>
+        <v>117</v>
       </c>
       <c r="D197" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E197" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F197" t="s">
-        <v>468</v>
+        <v>702</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>138</v>
+        <v>726</v>
       </c>
       <c r="H197" t="s">
-        <v>712</v>
+        <v>727</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>713</v>
+        <v>728</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>177</v>
+        <v>121</v>
       </c>
       <c r="D198" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E198" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F198" t="s">
-        <v>649</v>
+        <v>729</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>714</v>
+        <v>730</v>
       </c>
       <c r="H198" t="s">
-        <v>715</v>
+        <v>731</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>716</v>
+        <v>732</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>181</v>
+        <v>125</v>
       </c>
       <c r="D199" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E199" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F199" t="s">
-        <v>564</v>
+        <v>529</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>717</v>
+        <v>733</v>
       </c>
       <c r="H199" t="s">
-        <v>718</v>
+        <v>734</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>719</v>
+        <v>735</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>185</v>
+        <v>129</v>
       </c>
       <c r="D200" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E200" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F200" t="s">
-        <v>475</v>
+        <v>529</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>720</v>
+        <v>736</v>
       </c>
       <c r="H200" t="s">
-        <v>721</v>
+        <v>737</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>722</v>
+        <v>738</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>189</v>
+        <v>133</v>
       </c>
       <c r="D201" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E201" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F201" t="s">
-        <v>649</v>
+        <v>529</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>723</v>
+        <v>739</v>
       </c>
       <c r="H201" t="s">
-        <v>724</v>
+        <v>740</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>725</v>
+        <v>741</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>193</v>
+        <v>137</v>
       </c>
       <c r="D202" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E202" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F202" t="s">
-        <v>649</v>
+        <v>529</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>726</v>
+        <v>742</v>
       </c>
       <c r="H202" t="s">
-        <v>727</v>
+        <v>743</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>728</v>
+        <v>744</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>197</v>
+        <v>141</v>
       </c>
       <c r="D203" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E203" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F203" t="s">
-        <v>564</v>
+        <v>729</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>729</v>
+        <v>745</v>
       </c>
       <c r="H203" t="s">
-        <v>730</v>
+        <v>746</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>731</v>
+        <v>747</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>201</v>
+        <v>145</v>
       </c>
       <c r="D204" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E204" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F204" t="s">
-        <v>475</v>
+        <v>729</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>732</v>
+        <v>748</v>
       </c>
       <c r="H204" t="s">
-        <v>733</v>
+        <v>749</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>734</v>
+        <v>750</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>205</v>
+        <v>149</v>
       </c>
       <c r="D205" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E205" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F205" t="s">
-        <v>676</v>
+        <v>729</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>735</v>
+        <v>751</v>
       </c>
       <c r="H205" t="s">
-        <v>736</v>
+        <v>752</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>737</v>
+        <v>753</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>209</v>
+        <v>153</v>
       </c>
       <c r="D206" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E206" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F206" t="s">
-        <v>486</v>
+        <v>511</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>738</v>
+        <v>138</v>
       </c>
       <c r="H206" t="s">
-        <v>739</v>
+        <v>754</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>740</v>
+        <v>755</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>213</v>
+        <v>157</v>
       </c>
       <c r="D207" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E207" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F207" t="s">
-        <v>676</v>
+        <v>511</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>741</v>
+        <v>138</v>
       </c>
       <c r="H207" t="s">
-        <v>742</v>
+        <v>756</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>743</v>
+        <v>757</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>217</v>
+        <v>161</v>
       </c>
       <c r="D208" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E208" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F208" t="s">
-        <v>486</v>
+        <v>702</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>744</v>
+        <v>758</v>
       </c>
       <c r="H208" t="s">
-        <v>745</v>
+        <v>759</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>746</v>
+        <v>760</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>221</v>
+        <v>165</v>
       </c>
       <c r="D209" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E209" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F209" t="s">
-        <v>676</v>
+        <v>511</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>747</v>
+        <v>138</v>
       </c>
       <c r="H209" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>225</v>
+        <v>169</v>
       </c>
       <c r="D210" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E210" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F210" t="s">
-        <v>486</v>
+        <v>511</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>750</v>
+        <v>138</v>
       </c>
       <c r="H210" t="s">
-        <v>751</v>
+        <v>763</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>752</v>
+        <v>764</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>229</v>
+        <v>173</v>
       </c>
       <c r="D211" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E211" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F211" t="s">
-        <v>676</v>
+        <v>511</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>753</v>
+        <v>138</v>
       </c>
       <c r="H211" t="s">
-        <v>754</v>
+        <v>765</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>755</v>
+        <v>766</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>233</v>
+        <v>177</v>
       </c>
       <c r="D212" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E212" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F212" t="s">
-        <v>676</v>
+        <v>702</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>756</v>
+        <v>767</v>
       </c>
       <c r="H212" t="s">
-        <v>757</v>
+        <v>768</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>758</v>
+        <v>769</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>237</v>
+        <v>181</v>
       </c>
       <c r="D213" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E213" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F213" t="s">
-        <v>676</v>
+        <v>610</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>759</v>
+        <v>770</v>
       </c>
       <c r="H213" t="s">
-        <v>760</v>
+        <v>771</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>761</v>
+        <v>772</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>241</v>
+        <v>185</v>
       </c>
       <c r="D214" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E214" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F214" t="s">
-        <v>468</v>
+        <v>518</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>138</v>
+        <v>773</v>
       </c>
       <c r="H214" t="s">
-        <v>762</v>
+        <v>774</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>763</v>
+        <v>775</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>245</v>
+        <v>189</v>
       </c>
       <c r="D215" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E215" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F215" t="s">
-        <v>468</v>
+        <v>702</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>138</v>
+        <v>776</v>
       </c>
       <c r="H215" t="s">
-        <v>764</v>
+        <v>777</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>765</v>
+        <v>778</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>249</v>
+        <v>193</v>
       </c>
       <c r="D216" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E216" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F216" t="s">
-        <v>468</v>
+        <v>702</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>138</v>
+        <v>779</v>
       </c>
       <c r="H216" t="s">
-        <v>766</v>
+        <v>780</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>767</v>
+        <v>781</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>253</v>
+        <v>197</v>
       </c>
       <c r="D217" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E217" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F217" t="s">
-        <v>468</v>
+        <v>610</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>138</v>
+        <v>782</v>
       </c>
       <c r="H217" t="s">
-        <v>768</v>
+        <v>783</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>769</v>
+        <v>784</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>257</v>
+        <v>201</v>
       </c>
       <c r="D218" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E218" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F218" t="s">
-        <v>468</v>
+        <v>518</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>138</v>
+        <v>785</v>
       </c>
       <c r="H218" t="s">
-        <v>770</v>
+        <v>786</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>771</v>
+        <v>787</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>261</v>
+        <v>205</v>
       </c>
       <c r="D219" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E219" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F219" t="s">
-        <v>468</v>
+        <v>729</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>138</v>
+        <v>788</v>
       </c>
       <c r="H219" t="s">
-        <v>772</v>
+        <v>789</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>773</v>
+        <v>790</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>265</v>
+        <v>209</v>
       </c>
       <c r="D220" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E220" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F220" t="s">
-        <v>676</v>
+        <v>529</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>774</v>
+        <v>791</v>
       </c>
       <c r="H220" t="s">
-        <v>775</v>
+        <v>792</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>776</v>
+        <v>793</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>269</v>
+        <v>213</v>
       </c>
       <c r="D221" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E221" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F221" t="s">
-        <v>777</v>
+        <v>729</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>778</v>
+        <v>794</v>
       </c>
       <c r="H221" t="s">
-        <v>779</v>
+        <v>795</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>780</v>
+        <v>796</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>273</v>
+        <v>217</v>
       </c>
       <c r="D222" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E222" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F222" t="s">
-        <v>475</v>
+        <v>529</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>781</v>
+        <v>797</v>
       </c>
       <c r="H222" t="s">
-        <v>782</v>
+        <v>798</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>783</v>
+        <v>799</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>277</v>
+        <v>221</v>
       </c>
       <c r="D223" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E223" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F223" t="s">
-        <v>486</v>
+        <v>729</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>784</v>
+        <v>800</v>
       </c>
       <c r="H223" t="s">
-        <v>785</v>
+        <v>801</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>786</v>
+        <v>802</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>281</v>
+        <v>225</v>
       </c>
       <c r="D224" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E224" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F224" t="s">
-        <v>676</v>
+        <v>529</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>787</v>
+        <v>803</v>
       </c>
       <c r="H224" t="s">
-        <v>788</v>
+        <v>804</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>789</v>
+        <v>805</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>285</v>
+        <v>229</v>
       </c>
       <c r="D225" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E225" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F225" t="s">
-        <v>676</v>
+        <v>729</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>790</v>
+        <v>806</v>
       </c>
       <c r="H225" t="s">
-        <v>791</v>
+        <v>807</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>792</v>
+        <v>808</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>289</v>
+        <v>233</v>
       </c>
       <c r="D226" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E226" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F226" t="s">
-        <v>468</v>
+        <v>729</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>138</v>
+        <v>809</v>
       </c>
       <c r="H226" t="s">
-        <v>793</v>
+        <v>810</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>794</v>
+        <v>811</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>293</v>
+        <v>237</v>
       </c>
       <c r="D227" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E227" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F227" t="s">
-        <v>468</v>
+        <v>729</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>138</v>
+        <v>812</v>
       </c>
       <c r="H227" t="s">
-        <v>795</v>
+        <v>813</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>796</v>
+        <v>814</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>297</v>
+        <v>241</v>
       </c>
       <c r="D228" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E228" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F228" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G228" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H228" t="s">
-        <v>797</v>
+        <v>815</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>798</v>
+        <v>816</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>301</v>
+        <v>245</v>
       </c>
       <c r="D229" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E229" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F229" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G229" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H229" t="s">
-        <v>799</v>
+        <v>817</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>800</v>
+        <v>818</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>305</v>
+        <v>249</v>
       </c>
       <c r="D230" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E230" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F230" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G230" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H230" t="s">
-        <v>801</v>
+        <v>819</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>802</v>
+        <v>820</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>309</v>
+        <v>253</v>
       </c>
       <c r="D231" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E231" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F231" t="s">
-        <v>475</v>
+        <v>511</v>
       </c>
       <c r="G231" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H231" t="s">
-        <v>803</v>
+        <v>821</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>804</v>
+        <v>822</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>313</v>
+        <v>257</v>
       </c>
       <c r="D232" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E232" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F232" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G232" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H232" t="s">
-        <v>805</v>
+        <v>823</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>806</v>
+        <v>824</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>317</v>
+        <v>261</v>
       </c>
       <c r="D233" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E233" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F233" t="s">
-        <v>649</v>
+        <v>511</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>807</v>
+        <v>138</v>
       </c>
       <c r="H233" t="s">
-        <v>808</v>
+        <v>825</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>809</v>
+        <v>826</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>321</v>
+        <v>265</v>
       </c>
       <c r="D234" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E234" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F234" t="s">
-        <v>468</v>
+        <v>729</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>138</v>
+        <v>827</v>
       </c>
       <c r="H234" t="s">
-        <v>810</v>
+        <v>828</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>811</v>
+        <v>829</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>325</v>
+        <v>269</v>
       </c>
       <c r="D235" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E235" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F235" t="s">
-        <v>676</v>
+        <v>830</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>812</v>
+        <v>831</v>
       </c>
       <c r="H235" t="s">
-        <v>813</v>
+        <v>832</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>814</v>
+        <v>833</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>329</v>
+        <v>273</v>
       </c>
       <c r="D236" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E236" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F236" t="s">
-        <v>475</v>
+        <v>518</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>815</v>
+        <v>834</v>
       </c>
       <c r="H236" t="s">
-        <v>816</v>
+        <v>835</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>817</v>
+        <v>836</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>333</v>
+        <v>277</v>
       </c>
       <c r="D237" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E237" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F237" t="s">
-        <v>560</v>
+        <v>529</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>818</v>
+        <v>837</v>
       </c>
       <c r="H237" t="s">
-        <v>819</v>
+        <v>838</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>820</v>
+        <v>839</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>337</v>
+        <v>281</v>
       </c>
       <c r="D238" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E238" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F238" t="s">
-        <v>676</v>
+        <v>729</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>821</v>
+        <v>840</v>
       </c>
       <c r="H238" t="s">
-        <v>822</v>
+        <v>841</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>823</v>
+        <v>842</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>341</v>
+        <v>285</v>
       </c>
       <c r="D239" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E239" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F239" t="s">
-        <v>676</v>
+        <v>729</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>824</v>
+        <v>843</v>
       </c>
       <c r="H239" t="s">
-        <v>825</v>
+        <v>844</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>826</v>
+        <v>845</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>345</v>
+        <v>289</v>
       </c>
       <c r="D240" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E240" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F240" t="s">
-        <v>486</v>
+        <v>511</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>827</v>
+        <v>138</v>
       </c>
       <c r="H240" t="s">
-        <v>828</v>
+        <v>846</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>829</v>
+        <v>847</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>349</v>
+        <v>293</v>
       </c>
       <c r="D241" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E241" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F241" t="s">
-        <v>486</v>
+        <v>511</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>830</v>
+        <v>138</v>
       </c>
       <c r="H241" t="s">
-        <v>831</v>
+        <v>848</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>832</v>
+        <v>849</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>353</v>
+        <v>297</v>
       </c>
       <c r="D242" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E242" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F242" t="s">
-        <v>486</v>
+        <v>511</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>833</v>
+        <v>138</v>
       </c>
       <c r="H242" t="s">
-        <v>834</v>
+        <v>850</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>835</v>
+        <v>851</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>357</v>
+        <v>301</v>
       </c>
       <c r="D243" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E243" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F243" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G243" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H243" t="s">
-        <v>836</v>
+        <v>852</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>837</v>
+        <v>853</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>360</v>
+        <v>305</v>
       </c>
       <c r="D244" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E244" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F244" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G244" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H244" t="s">
-        <v>838</v>
+        <v>854</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>839</v>
+        <v>855</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>364</v>
+        <v>309</v>
       </c>
       <c r="D245" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E245" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F245" t="s">
-        <v>475</v>
+        <v>518</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>840</v>
+        <v>138</v>
       </c>
       <c r="H245" t="s">
-        <v>841</v>
+        <v>856</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>842</v>
+        <v>857</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>368</v>
+        <v>313</v>
       </c>
       <c r="D246" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E246" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F246" t="s">
-        <v>475</v>
+        <v>511</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>843</v>
+        <v>138</v>
       </c>
       <c r="H246" t="s">
-        <v>844</v>
+        <v>858</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>845</v>
+        <v>859</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>372</v>
+        <v>317</v>
       </c>
       <c r="D247" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E247" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F247" t="s">
-        <v>649</v>
+        <v>702</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>846</v>
+        <v>860</v>
       </c>
       <c r="H247" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>848</v>
+        <v>862</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>376</v>
+        <v>321</v>
       </c>
       <c r="D248" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E248" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F248" t="s">
-        <v>649</v>
+        <v>511</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>849</v>
+        <v>138</v>
       </c>
       <c r="H248" t="s">
-        <v>850</v>
+        <v>863</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>851</v>
+        <v>864</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>380</v>
+        <v>325</v>
       </c>
       <c r="D249" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E249" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F249" t="s">
-        <v>479</v>
+        <v>729</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>852</v>
+        <v>865</v>
       </c>
       <c r="H249" t="s">
-        <v>853</v>
+        <v>866</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>854</v>
+        <v>867</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>384</v>
+        <v>329</v>
       </c>
       <c r="D250" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E250" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F250" t="s">
-        <v>468</v>
+        <v>518</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>138</v>
+        <v>868</v>
       </c>
       <c r="H250" t="s">
-        <v>855</v>
+        <v>869</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>856</v>
+        <v>870</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>388</v>
+        <v>333</v>
       </c>
       <c r="D251" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E251" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F251" t="s">
-        <v>468</v>
+        <v>606</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>138</v>
+        <v>871</v>
       </c>
       <c r="H251" t="s">
-        <v>857</v>
+        <v>872</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>858</v>
+        <v>873</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>392</v>
+        <v>337</v>
       </c>
       <c r="D252" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E252" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F252" t="s">
-        <v>468</v>
+        <v>729</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>138</v>
+        <v>874</v>
       </c>
       <c r="H252" t="s">
-        <v>859</v>
+        <v>875</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>860</v>
+        <v>876</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>396</v>
+        <v>341</v>
       </c>
       <c r="D253" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E253" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F253" t="s">
-        <v>468</v>
+        <v>729</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>138</v>
+        <v>877</v>
       </c>
       <c r="H253" t="s">
-        <v>861</v>
+        <v>878</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>862</v>
+        <v>879</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>400</v>
+        <v>345</v>
       </c>
       <c r="D254" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E254" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F254" t="s">
-        <v>468</v>
+        <v>529</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>138</v>
+        <v>880</v>
       </c>
       <c r="H254" t="s">
-        <v>863</v>
+        <v>881</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>864</v>
+        <v>882</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>404</v>
+        <v>349</v>
       </c>
       <c r="D255" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E255" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F255" t="s">
-        <v>468</v>
+        <v>529</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>138</v>
+        <v>883</v>
       </c>
       <c r="H255" t="s">
-        <v>865</v>
+        <v>884</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>408</v>
+        <v>353</v>
       </c>
       <c r="D256" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E256" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F256" t="s">
-        <v>468</v>
+        <v>529</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>138</v>
+        <v>886</v>
       </c>
       <c r="H256" t="s">
-        <v>867</v>
+        <v>887</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>868</v>
+        <v>888</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>411</v>
+        <v>357</v>
       </c>
       <c r="D257" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E257" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F257" t="s">
-        <v>676</v>
+        <v>511</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>869</v>
+        <v>138</v>
       </c>
       <c r="H257" t="s">
-        <v>870</v>
+        <v>889</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>871</v>
+        <v>890</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>415</v>
+        <v>360</v>
       </c>
       <c r="D258" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E258" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F258" t="s">
-        <v>676</v>
+        <v>511</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>872</v>
+        <v>138</v>
       </c>
       <c r="H258" t="s">
-        <v>873</v>
+        <v>891</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>874</v>
+        <v>892</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>419</v>
+        <v>364</v>
       </c>
       <c r="D259" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E259" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F259" t="s">
-        <v>649</v>
+        <v>518</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>875</v>
+        <v>893</v>
       </c>
       <c r="H259" t="s">
-        <v>876</v>
+        <v>894</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>877</v>
+        <v>895</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>423</v>
+        <v>368</v>
       </c>
       <c r="D260" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E260" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F260" t="s">
-        <v>649</v>
+        <v>518</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>878</v>
+        <v>896</v>
       </c>
       <c r="H260" t="s">
-        <v>879</v>
+        <v>897</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>880</v>
+        <v>898</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>427</v>
+        <v>372</v>
       </c>
       <c r="D261" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E261" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F261" t="s">
-        <v>881</v>
+        <v>702</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>882</v>
+        <v>899</v>
       </c>
       <c r="H261" t="s">
-        <v>883</v>
+        <v>900</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>884</v>
+        <v>901</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>431</v>
+        <v>376</v>
       </c>
       <c r="D262" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E262" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F262" t="s">
-        <v>475</v>
+        <v>702</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>885</v>
+        <v>902</v>
       </c>
       <c r="H262" t="s">
-        <v>886</v>
+        <v>903</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>887</v>
+        <v>904</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>435</v>
+        <v>380</v>
       </c>
       <c r="D263" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E263" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F263" t="s">
-        <v>475</v>
+        <v>522</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>888</v>
+        <v>905</v>
       </c>
       <c r="H263" t="s">
-        <v>889</v>
+        <v>906</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>890</v>
+        <v>907</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>439</v>
+        <v>384</v>
       </c>
       <c r="D264" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E264" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F264" t="s">
-        <v>649</v>
+        <v>511</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>891</v>
+        <v>138</v>
       </c>
       <c r="H264" t="s">
-        <v>892</v>
+        <v>908</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>893</v>
+        <v>909</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>443</v>
+        <v>388</v>
       </c>
       <c r="D265" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E265" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F265" t="s">
-        <v>649</v>
+        <v>511</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>894</v>
+        <v>138</v>
       </c>
       <c r="H265" t="s">
-        <v>895</v>
+        <v>910</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>896</v>
+        <v>911</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>447</v>
+        <v>392</v>
       </c>
       <c r="D266" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E266" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F266" t="s">
-        <v>676</v>
+        <v>511</v>
       </c>
       <c r="G266" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H266" t="s">
-        <v>897</v>
+        <v>912</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>898</v>
+        <v>913</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>451</v>
+        <v>396</v>
       </c>
       <c r="D267" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E267" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F267" t="s">
-        <v>676</v>
+        <v>511</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>899</v>
+        <v>138</v>
       </c>
       <c r="H267" t="s">
-        <v>900</v>
+        <v>914</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>901</v>
+        <v>915</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>455</v>
+        <v>400</v>
       </c>
       <c r="D268" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E268" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F268" t="s">
-        <v>676</v>
+        <v>511</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>902</v>
+        <v>138</v>
       </c>
       <c r="H268" t="s">
-        <v>903</v>
+        <v>916</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>904</v>
+        <v>917</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>905</v>
+        <v>404</v>
       </c>
       <c r="D269" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E269" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F269" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G269" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H269" t="s">
-        <v>906</v>
+        <v>918</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>907</v>
+        <v>919</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>908</v>
+        <v>408</v>
       </c>
       <c r="D270" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E270" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F270" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>909</v>
+        <v>138</v>
       </c>
       <c r="H270" t="s">
-        <v>910</v>
+        <v>920</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>911</v>
+        <v>921</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>912</v>
+        <v>411</v>
       </c>
       <c r="D271" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E271" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F271" t="s">
-        <v>560</v>
+        <v>729</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>913</v>
+        <v>922</v>
       </c>
       <c r="H271" t="s">
-        <v>914</v>
+        <v>923</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>915</v>
+        <v>924</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>916</v>
+        <v>415</v>
       </c>
       <c r="D272" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E272" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F272" t="s">
-        <v>560</v>
+        <v>729</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>917</v>
+        <v>925</v>
       </c>
       <c r="H272" t="s">
-        <v>918</v>
+        <v>926</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>919</v>
+        <v>927</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>920</v>
+        <v>419</v>
       </c>
       <c r="D273" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E273" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F273" t="s">
-        <v>560</v>
+        <v>702</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>921</v>
+        <v>928</v>
       </c>
       <c r="H273" t="s">
-        <v>922</v>
+        <v>929</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>923</v>
+        <v>930</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>924</v>
+        <v>423</v>
       </c>
       <c r="D274" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E274" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F274" t="s">
-        <v>475</v>
+        <v>702</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>925</v>
+        <v>931</v>
       </c>
       <c r="H274" t="s">
-        <v>926</v>
+        <v>932</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>927</v>
+        <v>933</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>928</v>
+        <v>427</v>
       </c>
       <c r="D275" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E275" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F275" t="s">
-        <v>676</v>
+        <v>934</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>929</v>
+        <v>935</v>
       </c>
       <c r="H275" t="s">
-        <v>930</v>
+        <v>936</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>931</v>
+        <v>937</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>932</v>
+        <v>431</v>
       </c>
       <c r="D276" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E276" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F276" t="s">
-        <v>479</v>
+        <v>518</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>933</v>
+        <v>938</v>
       </c>
       <c r="H276" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>935</v>
+        <v>940</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>936</v>
+        <v>435</v>
       </c>
       <c r="D277" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E277" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F277" t="s">
-        <v>479</v>
+        <v>518</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="H277" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>940</v>
+        <v>439</v>
       </c>
       <c r="D278" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E278" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F278" t="s">
-        <v>475</v>
+        <v>702</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="H278" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>944</v>
+        <v>443</v>
       </c>
       <c r="D279" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E279" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F279" t="s">
-        <v>468</v>
+        <v>702</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>138</v>
+        <v>947</v>
       </c>
       <c r="H279" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>947</v>
+        <v>447</v>
       </c>
       <c r="D280" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E280" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F280" t="s">
-        <v>468</v>
+        <v>729</v>
       </c>
       <c r="G280" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H280" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>950</v>
+        <v>451</v>
       </c>
       <c r="D281" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E281" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F281" t="s">
-        <v>468</v>
+        <v>729</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>138</v>
+        <v>952</v>
       </c>
       <c r="H281" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>953</v>
+        <v>455</v>
       </c>
       <c r="D282" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E282" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F282" t="s">
-        <v>564</v>
+        <v>729</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="H282" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>957</v>
+        <v>459</v>
       </c>
       <c r="D283" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E283" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F283" t="s">
-        <v>475</v>
+        <v>511</v>
       </c>
       <c r="G283" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H283" t="s">
         <v>958</v>
-      </c>
-[...1 lines deleted...]
-        <v>959</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
+        <v>959</v>
+      </c>
+      <c r="B284" t="s">
+        <v>9</v>
+      </c>
+      <c r="C284" t="s">
+        <v>463</v>
+      </c>
+      <c r="D284" t="s">
+        <v>653</v>
+      </c>
+      <c r="E284" t="s">
+        <v>654</v>
+      </c>
+      <c r="F284" t="s">
+        <v>511</v>
+      </c>
+      <c r="G284" s="1" t="s">
         <v>960</v>
       </c>
-      <c r="B284" t="s">
-[...2 lines deleted...]
-      <c r="C284" t="s">
+      <c r="H284" t="s">
         <v>961</v>
-      </c>
-[...13 lines deleted...]
-        <v>964</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>965</v>
+        <v>962</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>966</v>
+        <v>467</v>
       </c>
       <c r="D285" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E285" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F285" t="s">
-        <v>676</v>
+        <v>606</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>967</v>
+        <v>963</v>
       </c>
       <c r="H285" t="s">
-        <v>968</v>
+        <v>964</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>969</v>
+        <v>965</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>970</v>
+        <v>471</v>
       </c>
       <c r="D286" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E286" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F286" t="s">
-        <v>468</v>
+        <v>606</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>138</v>
+        <v>966</v>
       </c>
       <c r="H286" t="s">
-        <v>971</v>
+        <v>967</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>972</v>
+        <v>968</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>973</v>
+        <v>475</v>
       </c>
       <c r="D287" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E287" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F287" t="s">
-        <v>468</v>
+        <v>606</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>138</v>
+        <v>969</v>
       </c>
       <c r="H287" t="s">
-        <v>974</v>
+        <v>970</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>975</v>
+        <v>971</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>976</v>
+        <v>479</v>
       </c>
       <c r="D288" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E288" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F288" t="s">
-        <v>468</v>
+        <v>518</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>138</v>
+        <v>972</v>
       </c>
       <c r="H288" t="s">
-        <v>977</v>
+        <v>973</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>978</v>
+        <v>974</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>979</v>
+        <v>483</v>
       </c>
       <c r="D289" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E289" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F289" t="s">
-        <v>468</v>
+        <v>729</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>138</v>
+        <v>975</v>
       </c>
       <c r="H289" t="s">
-        <v>980</v>
+        <v>976</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>981</v>
+        <v>977</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>982</v>
+        <v>487</v>
       </c>
       <c r="D290" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E290" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F290" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>138</v>
+        <v>978</v>
       </c>
       <c r="H290" t="s">
-        <v>983</v>
+        <v>979</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>984</v>
+        <v>980</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>985</v>
+        <v>491</v>
       </c>
       <c r="D291" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E291" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F291" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>138</v>
+        <v>981</v>
       </c>
       <c r="H291" t="s">
-        <v>986</v>
+        <v>982</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>987</v>
+        <v>983</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>988</v>
+        <v>495</v>
       </c>
       <c r="D292" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E292" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F292" t="s">
-        <v>468</v>
+        <v>518</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>138</v>
+        <v>984</v>
       </c>
       <c r="H292" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>990</v>
+        <v>986</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>991</v>
+        <v>498</v>
       </c>
       <c r="D293" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E293" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F293" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G293" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H293" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>993</v>
+        <v>988</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>994</v>
+        <v>989</v>
       </c>
       <c r="D294" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E294" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F294" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G294" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H294" t="s">
-        <v>995</v>
+        <v>990</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>997</v>
+        <v>992</v>
       </c>
       <c r="D295" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E295" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F295" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G295" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H295" t="s">
-        <v>998</v>
+        <v>993</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>999</v>
+        <v>994</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>1000</v>
+        <v>995</v>
       </c>
       <c r="D296" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E296" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F296" t="s">
-        <v>468</v>
+        <v>610</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>138</v>
+        <v>996</v>
       </c>
       <c r="H296" t="s">
-        <v>1001</v>
+        <v>997</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1002</v>
+        <v>998</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>1003</v>
+        <v>999</v>
       </c>
       <c r="D297" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E297" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F297" t="s">
-        <v>468</v>
+        <v>518</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>138</v>
+        <v>1000</v>
       </c>
       <c r="H297" t="s">
-        <v>1004</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B298" t="s">
+        <v>9</v>
+      </c>
+      <c r="C298" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D298" t="s">
+        <v>653</v>
+      </c>
+      <c r="E298" t="s">
+        <v>654</v>
+      </c>
+      <c r="F298" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G298" s="1" t="s">
         <v>1005</v>
       </c>
-      <c r="B298" t="s">
-[...2 lines deleted...]
-      <c r="C298" t="s">
+      <c r="H298" t="s">
         <v>1006</v>
-      </c>
-[...13 lines deleted...]
-        <v>1007</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B299" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" t="s">
         <v>1008</v>
       </c>
-      <c r="B299" t="s">
-[...2 lines deleted...]
-      <c r="C299" t="s">
+      <c r="D299" t="s">
+        <v>653</v>
+      </c>
+      <c r="E299" t="s">
+        <v>654</v>
+      </c>
+      <c r="F299" t="s">
+        <v>729</v>
+      </c>
+      <c r="G299" s="1" t="s">
         <v>1009</v>
-      </c>
-[...10 lines deleted...]
-        <v>138</v>
       </c>
       <c r="H299" t="s">
         <v>1010</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>1011</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
         <v>1012</v>
       </c>
       <c r="D300" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E300" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F300" t="s">
-        <v>494</v>
+        <v>511</v>
       </c>
       <c r="G300" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H300" t="s">
         <v>1013</v>
-      </c>
-[...1 lines deleted...]
-        <v>1014</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B301" t="s">
+        <v>9</v>
+      </c>
+      <c r="C301" t="s">
         <v>1015</v>
       </c>
-      <c r="B301" t="s">
-[...2 lines deleted...]
-      <c r="C301" t="s">
+      <c r="D301" t="s">
+        <v>653</v>
+      </c>
+      <c r="E301" t="s">
+        <v>654</v>
+      </c>
+      <c r="F301" t="s">
+        <v>511</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H301" t="s">
         <v>1016</v>
-      </c>
-[...13 lines deleted...]
-        <v>1018</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B302" t="s">
+        <v>9</v>
+      </c>
+      <c r="C302" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D302" t="s">
+        <v>653</v>
+      </c>
+      <c r="E302" t="s">
+        <v>654</v>
+      </c>
+      <c r="F302" t="s">
+        <v>511</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H302" t="s">
         <v>1019</v>
-      </c>
-[...19 lines deleted...]
-        <v>1023</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1024</v>
+        <v>1020</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>1025</v>
+        <v>1021</v>
       </c>
       <c r="D303" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E303" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F303" t="s">
-        <v>475</v>
+        <v>511</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1026</v>
+        <v>138</v>
       </c>
       <c r="H303" t="s">
-        <v>1027</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1028</v>
+        <v>1023</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>1029</v>
+        <v>1024</v>
       </c>
       <c r="D304" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E304" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F304" t="s">
-        <v>479</v>
+        <v>511</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1030</v>
+        <v>138</v>
       </c>
       <c r="H304" t="s">
-        <v>1031</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1032</v>
+        <v>1026</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>1033</v>
+        <v>1027</v>
       </c>
       <c r="D305" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E305" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F305" t="s">
-        <v>475</v>
+        <v>511</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1034</v>
+        <v>138</v>
       </c>
       <c r="H305" t="s">
-        <v>1035</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1036</v>
+        <v>1029</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="D306" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E306" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F306" t="s">
-        <v>1038</v>
+        <v>511</v>
       </c>
       <c r="G306" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H306" t="s">
-        <v>1039</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1040</v>
+        <v>1032</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>1041</v>
+        <v>1033</v>
       </c>
       <c r="D307" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E307" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F307" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G307" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H307" t="s">
-        <v>1042</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1043</v>
+        <v>1035</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>1044</v>
+        <v>1036</v>
       </c>
       <c r="D308" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E308" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F308" t="s">
-        <v>649</v>
+        <v>511</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1045</v>
+        <v>138</v>
       </c>
       <c r="H308" t="s">
-        <v>1046</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1047</v>
+        <v>1038</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>1048</v>
+        <v>1039</v>
       </c>
       <c r="D309" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E309" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F309" t="s">
-        <v>649</v>
+        <v>511</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1049</v>
+        <v>138</v>
       </c>
       <c r="H309" t="s">
-        <v>1046</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1050</v>
+        <v>1041</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>1051</v>
+        <v>1042</v>
       </c>
       <c r="D310" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E310" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F310" t="s">
-        <v>649</v>
+        <v>511</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1052</v>
+        <v>138</v>
       </c>
       <c r="H310" t="s">
-        <v>1053</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1054</v>
+        <v>1044</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>1055</v>
+        <v>1045</v>
       </c>
       <c r="D311" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E311" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F311" t="s">
-        <v>676</v>
+        <v>511</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1056</v>
+        <v>138</v>
       </c>
       <c r="H311" t="s">
-        <v>1057</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1058</v>
+        <v>1047</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>1059</v>
+        <v>1048</v>
       </c>
       <c r="D312" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E312" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F312" t="s">
-        <v>676</v>
+        <v>511</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1060</v>
+        <v>138</v>
       </c>
       <c r="H312" t="s">
-        <v>1061</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1062</v>
+        <v>1050</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>1063</v>
+        <v>1051</v>
       </c>
       <c r="D313" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E313" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F313" t="s">
-        <v>486</v>
+        <v>511</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1064</v>
+        <v>138</v>
       </c>
       <c r="H313" t="s">
-        <v>1065</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1066</v>
+        <v>1053</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>1067</v>
+        <v>1054</v>
       </c>
       <c r="D314" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E314" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F314" t="s">
-        <v>475</v>
+        <v>537</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1068</v>
+        <v>1055</v>
       </c>
       <c r="H314" t="s">
-        <v>1069</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1070</v>
+        <v>1057</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>1071</v>
+        <v>1058</v>
       </c>
       <c r="D315" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E315" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F315" t="s">
-        <v>676</v>
+        <v>606</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1072</v>
+        <v>1059</v>
       </c>
       <c r="H315" t="s">
-        <v>1073</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1074</v>
+        <v>1061</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>1075</v>
+        <v>1062</v>
       </c>
       <c r="D316" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E316" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F316" t="s">
-        <v>676</v>
+        <v>1063</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1076</v>
+        <v>1064</v>
       </c>
       <c r="H316" t="s">
-        <v>1077</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1078</v>
+        <v>1066</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>1079</v>
+        <v>1067</v>
       </c>
       <c r="D317" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E317" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F317" t="s">
-        <v>475</v>
+        <v>518</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1080</v>
+        <v>1068</v>
       </c>
       <c r="H317" t="s">
-        <v>1081</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1082</v>
+        <v>1070</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>1083</v>
+        <v>1071</v>
       </c>
       <c r="D318" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E318" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F318" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>138</v>
+        <v>1072</v>
       </c>
       <c r="H318" t="s">
-        <v>1084</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1085</v>
+        <v>1074</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>1086</v>
+        <v>1075</v>
       </c>
       <c r="D319" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E319" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F319" t="s">
-        <v>468</v>
+        <v>518</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>138</v>
+        <v>1076</v>
       </c>
       <c r="H319" t="s">
-        <v>1087</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1088</v>
+        <v>1078</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>1089</v>
+        <v>1079</v>
       </c>
       <c r="D320" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E320" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F320" t="s">
-        <v>468</v>
+        <v>1080</v>
       </c>
       <c r="G320" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H320" t="s">
-        <v>1090</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1091</v>
+        <v>1082</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>1092</v>
+        <v>1083</v>
       </c>
       <c r="D321" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E321" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F321" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G321" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H321" t="s">
-        <v>1093</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1094</v>
+        <v>1085</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>1095</v>
+        <v>1086</v>
       </c>
       <c r="D322" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E322" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F322" t="s">
-        <v>468</v>
+        <v>702</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>138</v>
+        <v>1087</v>
       </c>
       <c r="H322" t="s">
-        <v>1096</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1097</v>
+        <v>1089</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>1098</v>
+        <v>1090</v>
       </c>
       <c r="D323" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E323" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F323" t="s">
-        <v>475</v>
+        <v>702</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1099</v>
+        <v>1091</v>
       </c>
       <c r="H323" t="s">
-        <v>1100</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1101</v>
+        <v>1092</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>1102</v>
+        <v>1093</v>
       </c>
       <c r="D324" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E324" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F324" t="s">
-        <v>486</v>
+        <v>702</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>138</v>
+        <v>1094</v>
       </c>
       <c r="H324" t="s">
-        <v>1103</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1104</v>
+        <v>1096</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>1105</v>
+        <v>1097</v>
       </c>
       <c r="D325" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E325" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F325" t="s">
-        <v>676</v>
+        <v>729</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>138</v>
+        <v>1098</v>
       </c>
       <c r="H325" t="s">
-        <v>1106</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1107</v>
+        <v>1100</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>1108</v>
+        <v>1101</v>
       </c>
       <c r="D326" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E326" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F326" t="s">
-        <v>676</v>
+        <v>729</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>138</v>
+        <v>1102</v>
       </c>
       <c r="H326" t="s">
-        <v>1109</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1110</v>
+        <v>1104</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>1111</v>
+        <v>1105</v>
       </c>
       <c r="D327" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E327" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F327" t="s">
-        <v>1112</v>
+        <v>529</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1113</v>
+        <v>1106</v>
       </c>
       <c r="H327" t="s">
-        <v>1114</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1115</v>
+        <v>1108</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>1116</v>
+        <v>1109</v>
       </c>
       <c r="D328" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E328" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F328" t="s">
-        <v>468</v>
+        <v>518</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>138</v>
+        <v>1110</v>
       </c>
       <c r="H328" t="s">
-        <v>1117</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1118</v>
+        <v>1112</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>1119</v>
+        <v>1113</v>
       </c>
       <c r="D329" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E329" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F329" t="s">
-        <v>468</v>
+        <v>729</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>138</v>
+        <v>1114</v>
       </c>
       <c r="H329" t="s">
-        <v>1120</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1121</v>
+        <v>1116</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>1122</v>
+        <v>1117</v>
       </c>
       <c r="D330" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E330" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F330" t="s">
-        <v>468</v>
+        <v>729</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>138</v>
+        <v>1118</v>
       </c>
       <c r="H330" t="s">
-        <v>1123</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1124</v>
+        <v>1120</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>1125</v>
+        <v>1121</v>
       </c>
       <c r="D331" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E331" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F331" t="s">
-        <v>468</v>
+        <v>518</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>138</v>
+        <v>1122</v>
       </c>
       <c r="H331" t="s">
-        <v>1126</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>1128</v>
+        <v>1125</v>
       </c>
       <c r="D332" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E332" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F332" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G332" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H332" t="s">
-        <v>1129</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1130</v>
+        <v>1127</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>1131</v>
+        <v>1128</v>
       </c>
       <c r="D333" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E333" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F333" t="s">
-        <v>494</v>
+        <v>511</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1132</v>
+        <v>138</v>
       </c>
       <c r="H333" t="s">
-        <v>1133</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1134</v>
+        <v>1130</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>1135</v>
+        <v>1131</v>
       </c>
       <c r="D334" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E334" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F334" t="s">
-        <v>479</v>
+        <v>511</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1136</v>
+        <v>138</v>
       </c>
       <c r="H334" t="s">
-        <v>1137</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1138</v>
+        <v>1133</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>1139</v>
+        <v>1134</v>
       </c>
       <c r="D335" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E335" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F335" t="s">
-        <v>475</v>
+        <v>511</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1140</v>
+        <v>138</v>
       </c>
       <c r="H335" t="s">
-        <v>1141</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1142</v>
+        <v>1136</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>1143</v>
+        <v>1137</v>
       </c>
       <c r="D336" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E336" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F336" t="s">
-        <v>676</v>
+        <v>511</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1144</v>
+        <v>138</v>
       </c>
       <c r="H336" t="s">
-        <v>1145</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1146</v>
+        <v>1139</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>1147</v>
+        <v>1140</v>
       </c>
       <c r="D337" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E337" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F337" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1148</v>
+        <v>1141</v>
       </c>
       <c r="H337" t="s">
-        <v>1149</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1150</v>
+        <v>1143</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>1151</v>
+        <v>1144</v>
       </c>
       <c r="D338" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E338" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F338" t="s">
-        <v>1152</v>
+        <v>529</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1153</v>
+        <v>138</v>
       </c>
       <c r="H338" t="s">
-        <v>1154</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1155</v>
+        <v>1146</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>1156</v>
+        <v>1147</v>
       </c>
       <c r="D339" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E339" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F339" t="s">
-        <v>468</v>
+        <v>729</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>138</v>
+        <v>1148</v>
       </c>
       <c r="H339" t="s">
-        <v>1157</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1158</v>
+        <v>1150</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>1159</v>
+        <v>1151</v>
       </c>
       <c r="D340" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E340" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F340" t="s">
-        <v>468</v>
+        <v>729</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>138</v>
+        <v>1152</v>
       </c>
       <c r="H340" t="s">
-        <v>1160</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1161</v>
+        <v>1154</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>1162</v>
+        <v>1155</v>
       </c>
       <c r="D341" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E341" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F341" t="s">
-        <v>468</v>
+        <v>1156</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>138</v>
+        <v>1157</v>
       </c>
       <c r="H341" t="s">
-        <v>1163</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1164</v>
+        <v>1159</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>1165</v>
+        <v>1160</v>
       </c>
       <c r="D342" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E342" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F342" t="s">
-        <v>585</v>
+        <v>511</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1166</v>
+        <v>138</v>
       </c>
       <c r="H342" t="s">
-        <v>1167</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1168</v>
+        <v>1162</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>1169</v>
+        <v>1163</v>
       </c>
       <c r="D343" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E343" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F343" t="s">
-        <v>475</v>
+        <v>511</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1170</v>
+        <v>138</v>
       </c>
       <c r="H343" t="s">
-        <v>1171</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1172</v>
+        <v>1165</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>1173</v>
+        <v>1166</v>
       </c>
       <c r="D344" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E344" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F344" t="s">
-        <v>475</v>
+        <v>511</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1174</v>
+        <v>138</v>
       </c>
       <c r="H344" t="s">
-        <v>1175</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1176</v>
+        <v>1168</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>1177</v>
+        <v>1169</v>
       </c>
       <c r="D345" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E345" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F345" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G345" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H345" t="s">
-        <v>1178</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1179</v>
+        <v>1171</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>1180</v>
+        <v>1172</v>
       </c>
       <c r="D346" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E346" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F346" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G346" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H346" t="s">
-        <v>1181</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1182</v>
+        <v>1174</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>1183</v>
+        <v>1175</v>
       </c>
       <c r="D347" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E347" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F347" t="s">
-        <v>1184</v>
+        <v>537</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>138</v>
+        <v>1176</v>
       </c>
       <c r="H347" t="s">
-        <v>1185</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1186</v>
+        <v>1178</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>1187</v>
+        <v>1179</v>
       </c>
       <c r="D348" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E348" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F348" t="s">
-        <v>1152</v>
+        <v>522</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1188</v>
+        <v>1180</v>
       </c>
       <c r="H348" t="s">
-        <v>1189</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1190</v>
+        <v>1182</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>1191</v>
+        <v>1183</v>
       </c>
       <c r="D349" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E349" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F349" t="s">
-        <v>479</v>
+        <v>518</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>138</v>
+        <v>1184</v>
       </c>
       <c r="H349" t="s">
-        <v>1192</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1193</v>
+        <v>1186</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>1194</v>
+        <v>1187</v>
       </c>
       <c r="D350" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E350" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F350" t="s">
-        <v>475</v>
+        <v>729</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1195</v>
+        <v>1188</v>
       </c>
       <c r="H350" t="s">
-        <v>1196</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1197</v>
+        <v>1190</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>1198</v>
+        <v>1191</v>
       </c>
       <c r="D351" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E351" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F351" t="s">
-        <v>468</v>
+        <v>537</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>138</v>
+        <v>1192</v>
       </c>
       <c r="H351" t="s">
-        <v>1199</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1200</v>
+        <v>1194</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>1201</v>
+        <v>1195</v>
       </c>
       <c r="D352" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E352" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F352" t="s">
-        <v>468</v>
+        <v>1196</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>138</v>
+        <v>1197</v>
       </c>
       <c r="H352" t="s">
-        <v>1202</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1203</v>
+        <v>1199</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>1204</v>
+        <v>1200</v>
       </c>
       <c r="D353" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E353" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F353" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G353" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H353" t="s">
-        <v>1205</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1206</v>
+        <v>1202</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>1207</v>
+        <v>1203</v>
       </c>
       <c r="D354" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E354" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F354" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G354" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H354" t="s">
-        <v>1208</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1209</v>
+        <v>1205</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>1210</v>
+        <v>1206</v>
       </c>
       <c r="D355" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E355" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F355" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G355" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H355" t="s">
-        <v>1211</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1212</v>
+        <v>1208</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>1213</v>
+        <v>1209</v>
       </c>
       <c r="D356" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E356" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F356" t="s">
-        <v>676</v>
+        <v>631</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1214</v>
+        <v>1210</v>
       </c>
       <c r="H356" t="s">
-        <v>1215</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1216</v>
+        <v>1212</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>1217</v>
+        <v>1213</v>
       </c>
       <c r="D357" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E357" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F357" t="s">
-        <v>676</v>
+        <v>518</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1218</v>
+        <v>1214</v>
       </c>
       <c r="H357" t="s">
-        <v>1219</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1220</v>
+        <v>1216</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>1221</v>
+        <v>1217</v>
       </c>
       <c r="D358" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E358" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F358" t="s">
-        <v>676</v>
+        <v>518</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1222</v>
+        <v>1218</v>
       </c>
       <c r="H358" t="s">
-        <v>1223</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1224</v>
+        <v>1220</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>1225</v>
+        <v>1221</v>
       </c>
       <c r="D359" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E359" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F359" t="s">
-        <v>555</v>
+        <v>511</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1226</v>
+        <v>138</v>
       </c>
       <c r="H359" t="s">
-        <v>1227</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1228</v>
+        <v>1223</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>1229</v>
+        <v>1224</v>
       </c>
       <c r="D360" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E360" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F360" t="s">
-        <v>676</v>
+        <v>511</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1230</v>
+        <v>138</v>
       </c>
       <c r="H360" t="s">
-        <v>1231</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1232</v>
+        <v>1226</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>1233</v>
+        <v>1227</v>
       </c>
       <c r="D361" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E361" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F361" t="s">
-        <v>468</v>
+        <v>1228</v>
       </c>
       <c r="G361" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H361" t="s">
-        <v>1234</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1235</v>
+        <v>1230</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>1236</v>
+        <v>1231</v>
       </c>
       <c r="D362" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E362" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F362" t="s">
-        <v>468</v>
+        <v>1196</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>138</v>
+        <v>1232</v>
       </c>
       <c r="H362" t="s">
-        <v>1237</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1238</v>
+        <v>1234</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>1239</v>
+        <v>1235</v>
       </c>
       <c r="D363" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E363" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F363" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="G363" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H363" t="s">
-        <v>1240</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1241</v>
+        <v>1237</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>1242</v>
+        <v>1238</v>
       </c>
       <c r="D364" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E364" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F364" t="s">
-        <v>468</v>
+        <v>518</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>138</v>
+        <v>1239</v>
       </c>
       <c r="H364" t="s">
-        <v>1243</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1244</v>
+        <v>1241</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>1245</v>
+        <v>1242</v>
       </c>
       <c r="D365" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E365" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F365" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G365" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H365" t="s">
-        <v>1246</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1247</v>
+        <v>1244</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>1248</v>
+        <v>1245</v>
       </c>
       <c r="D366" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E366" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F366" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1249</v>
+        <v>138</v>
       </c>
       <c r="H366" t="s">
-        <v>1250</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1251</v>
+        <v>1247</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>1252</v>
+        <v>1248</v>
       </c>
       <c r="D367" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E367" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F367" t="s">
-        <v>475</v>
+        <v>511</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1253</v>
+        <v>138</v>
       </c>
       <c r="H367" t="s">
-        <v>1254</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1255</v>
+        <v>1250</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>1256</v>
+        <v>1251</v>
       </c>
       <c r="D368" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E368" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F368" t="s">
-        <v>676</v>
+        <v>511</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1257</v>
+        <v>138</v>
       </c>
       <c r="H368" t="s">
-        <v>1258</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1259</v>
+        <v>1253</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>1260</v>
+        <v>1254</v>
       </c>
       <c r="D369" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E369" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F369" t="s">
-        <v>676</v>
+        <v>511</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1261</v>
+        <v>138</v>
       </c>
       <c r="H369" t="s">
-        <v>1262</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1263</v>
+        <v>1256</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>1264</v>
+        <v>1257</v>
       </c>
       <c r="D370" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E370" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F370" t="s">
-        <v>676</v>
+        <v>729</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1265</v>
+        <v>1258</v>
       </c>
       <c r="H370" t="s">
-        <v>1266</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1267</v>
+        <v>1260</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>1268</v>
+        <v>1261</v>
       </c>
       <c r="D371" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E371" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F371" t="s">
-        <v>468</v>
+        <v>729</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>138</v>
+        <v>1262</v>
       </c>
       <c r="H371" t="s">
-        <v>1269</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1270</v>
+        <v>1264</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>1271</v>
+        <v>1265</v>
       </c>
       <c r="D372" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E372" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F372" t="s">
-        <v>468</v>
+        <v>729</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>138</v>
+        <v>1266</v>
       </c>
       <c r="H372" t="s">
-        <v>1272</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1273</v>
+        <v>1268</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>1274</v>
+        <v>1269</v>
       </c>
       <c r="D373" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E373" t="s">
+        <v>654</v>
+      </c>
+      <c r="F373" t="s">
         <v>601</v>
       </c>
-      <c r="F373" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G373" s="1" t="s">
-        <v>138</v>
+        <v>1270</v>
       </c>
       <c r="H373" t="s">
-        <v>1275</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1276</v>
+        <v>1272</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>1277</v>
+        <v>1273</v>
       </c>
       <c r="D374" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E374" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F374" t="s">
-        <v>468</v>
+        <v>729</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>138</v>
+        <v>1274</v>
       </c>
       <c r="H374" t="s">
-        <v>1278</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>1280</v>
+        <v>1277</v>
       </c>
       <c r="D375" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E375" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F375" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G375" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H375" t="s">
-        <v>1281</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1282</v>
+        <v>1279</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>1283</v>
+        <v>1280</v>
       </c>
       <c r="D376" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E376" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F376" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G376" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H376" t="s">
-        <v>1284</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1285</v>
+        <v>1282</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>1286</v>
+        <v>1283</v>
       </c>
       <c r="D377" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E377" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F377" t="s">
-        <v>560</v>
+        <v>511</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1287</v>
+        <v>138</v>
       </c>
       <c r="H377" t="s">
-        <v>1288</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1289</v>
+        <v>1285</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>1290</v>
+        <v>1286</v>
       </c>
       <c r="D378" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E378" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F378" t="s">
-        <v>475</v>
+        <v>511</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1291</v>
+        <v>138</v>
       </c>
       <c r="H378" t="s">
-        <v>1292</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1293</v>
+        <v>1288</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>1294</v>
+        <v>1289</v>
       </c>
       <c r="D379" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E379" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F379" t="s">
-        <v>475</v>
+        <v>511</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1295</v>
+        <v>138</v>
       </c>
       <c r="H379" t="s">
-        <v>1296</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1297</v>
+        <v>1291</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>1298</v>
+        <v>1292</v>
       </c>
       <c r="D380" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E380" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F380" t="s">
-        <v>475</v>
+        <v>511</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1299</v>
+        <v>1293</v>
       </c>
       <c r="H380" t="s">
-        <v>1300</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1301</v>
+        <v>1295</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>1302</v>
+        <v>1296</v>
       </c>
       <c r="D381" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E381" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F381" t="s">
-        <v>468</v>
+        <v>518</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>138</v>
+        <v>1297</v>
       </c>
       <c r="H381" t="s">
-        <v>1303</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1304</v>
+        <v>1299</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>1305</v>
+        <v>1300</v>
       </c>
       <c r="D382" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E382" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F382" t="s">
-        <v>468</v>
+        <v>729</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>138</v>
+        <v>1301</v>
       </c>
       <c r="H382" t="s">
-        <v>1306</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1307</v>
+        <v>1303</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>1308</v>
+        <v>1304</v>
       </c>
       <c r="D383" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E383" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F383" t="s">
-        <v>479</v>
+        <v>729</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1309</v>
+        <v>1305</v>
       </c>
       <c r="H383" t="s">
-        <v>1310</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1311</v>
+        <v>1307</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>1312</v>
+        <v>1308</v>
       </c>
       <c r="D384" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E384" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F384" t="s">
-        <v>486</v>
+        <v>729</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1313</v>
+        <v>1309</v>
       </c>
       <c r="H384" t="s">
-        <v>1314</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1315</v>
+        <v>1311</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>1316</v>
+        <v>1312</v>
       </c>
       <c r="D385" t="s">
-        <v>600</v>
+        <v>653</v>
       </c>
       <c r="E385" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="F385" t="s">
-        <v>649</v>
+        <v>511</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1317</v>
+        <v>138</v>
       </c>
       <c r="H385" t="s">
-        <v>1318</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1319</v>
+        <v>1314</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>10</v>
+        <v>1315</v>
       </c>
       <c r="D386" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E386" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F386" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1322</v>
+        <v>138</v>
       </c>
       <c r="H386" t="s">
-        <v>1323</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1324</v>
+        <v>1317</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>17</v>
+        <v>1318</v>
       </c>
       <c r="D387" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E387" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F387" t="s">
-        <v>494</v>
+        <v>511</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1325</v>
+        <v>138</v>
       </c>
       <c r="H387" t="s">
-        <v>1326</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1327</v>
+        <v>1320</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>21</v>
+        <v>1321</v>
       </c>
       <c r="D388" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E388" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F388" t="s">
-        <v>494</v>
+        <v>511</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1328</v>
+        <v>138</v>
       </c>
       <c r="H388" t="s">
-        <v>1329</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1330</v>
+        <v>1323</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>25</v>
+        <v>1324</v>
       </c>
       <c r="D389" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E389" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F389" t="s">
-        <v>1331</v>
+        <v>511</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1332</v>
+        <v>138</v>
       </c>
       <c r="H389" t="s">
-        <v>1333</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1334</v>
+        <v>1326</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>29</v>
+        <v>1327</v>
       </c>
       <c r="D390" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E390" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F390" t="s">
-        <v>560</v>
+        <v>511</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1335</v>
+        <v>138</v>
       </c>
       <c r="H390" t="s">
-        <v>1336</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1337</v>
+        <v>1329</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>33</v>
+        <v>1330</v>
       </c>
       <c r="D391" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E391" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F391" t="s">
-        <v>479</v>
+        <v>606</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1338</v>
+        <v>1331</v>
       </c>
       <c r="H391" t="s">
-        <v>1339</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1340</v>
+        <v>1333</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>37</v>
+        <v>1334</v>
       </c>
       <c r="D392" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E392" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F392" t="s">
-        <v>479</v>
+        <v>518</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1341</v>
+        <v>1335</v>
       </c>
       <c r="H392" t="s">
-        <v>1342</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1343</v>
+        <v>1337</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>41</v>
+        <v>1338</v>
       </c>
       <c r="D393" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E393" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F393" t="s">
-        <v>649</v>
+        <v>518</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1344</v>
+        <v>1339</v>
       </c>
       <c r="H393" t="s">
-        <v>1345</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>45</v>
+        <v>1342</v>
       </c>
       <c r="D394" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E394" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F394" t="s">
-        <v>649</v>
+        <v>518</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1347</v>
+        <v>1343</v>
       </c>
       <c r="H394" t="s">
-        <v>1348</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1349</v>
+        <v>1345</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>49</v>
+        <v>1346</v>
       </c>
       <c r="D395" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E395" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F395" t="s">
-        <v>649</v>
+        <v>511</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1350</v>
+        <v>138</v>
       </c>
       <c r="H395" t="s">
-        <v>1351</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1352</v>
+        <v>1348</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>53</v>
+        <v>1349</v>
       </c>
       <c r="D396" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E396" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F396" t="s">
-        <v>649</v>
+        <v>511</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1353</v>
+        <v>138</v>
       </c>
       <c r="H396" t="s">
-        <v>1354</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1355</v>
+        <v>1351</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>57</v>
+        <v>1352</v>
       </c>
       <c r="D397" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E397" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F397" t="s">
-        <v>649</v>
+        <v>522</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1356</v>
+        <v>1353</v>
       </c>
       <c r="H397" t="s">
-        <v>1357</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B398" t="s">
+        <v>9</v>
+      </c>
+      <c r="C398" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D398" t="s">
+        <v>653</v>
+      </c>
+      <c r="E398" t="s">
+        <v>654</v>
+      </c>
+      <c r="F398" t="s">
+        <v>529</v>
+      </c>
+      <c r="G398" s="1" t="s">
+        <v>1357</v>
+      </c>
+      <c r="H398" t="s">
         <v>1358</v>
-      </c>
-[...19 lines deleted...]
-        <v>1360</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B399" t="s">
+        <v>9</v>
+      </c>
+      <c r="C399" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D399" t="s">
+        <v>653</v>
+      </c>
+      <c r="E399" t="s">
+        <v>654</v>
+      </c>
+      <c r="F399" t="s">
+        <v>702</v>
+      </c>
+      <c r="G399" s="1" t="s">
         <v>1361</v>
       </c>
-      <c r="B399" t="s">
-[...14 lines deleted...]
-      <c r="G399" s="1" t="s">
+      <c r="H399" t="s">
         <v>1362</v>
-      </c>
-[...1 lines deleted...]
-        <v>1363</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B400" t="s">
+        <v>9</v>
+      </c>
+      <c r="C400" t="s">
         <v>1364</v>
       </c>
-      <c r="B400" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D400" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E400" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F400" t="s">
-        <v>479</v>
+        <v>511</v>
       </c>
       <c r="G400" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H400" t="s">
         <v>1365</v>
-      </c>
-[...1 lines deleted...]
-        <v>1366</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B401" t="s">
+        <v>9</v>
+      </c>
+      <c r="C401" t="s">
         <v>1367</v>
       </c>
-      <c r="B401" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D401" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E401" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F401" t="s">
-        <v>479</v>
+        <v>511</v>
       </c>
       <c r="G401" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H401" t="s">
         <v>1368</v>
-      </c>
-[...1 lines deleted...]
-        <v>1369</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B402" t="s">
+        <v>9</v>
+      </c>
+      <c r="C402" t="s">
         <v>1370</v>
       </c>
-      <c r="B402" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D402" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E402" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F402" t="s">
-        <v>479</v>
+        <v>511</v>
       </c>
       <c r="G402" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H402" t="s">
         <v>1371</v>
-      </c>
-[...1 lines deleted...]
-        <v>1372</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B403" t="s">
+        <v>9</v>
+      </c>
+      <c r="C403" t="s">
         <v>1373</v>
       </c>
-      <c r="B403" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D403" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E403" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F403" t="s">
-        <v>649</v>
+        <v>631</v>
       </c>
       <c r="G403" s="1" t="s">
         <v>1374</v>
       </c>
       <c r="H403" t="s">
         <v>1375</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
         <v>1376</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>85</v>
+        <v>1377</v>
       </c>
       <c r="D404" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E404" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F404" t="s">
-        <v>494</v>
+        <v>601</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="H404" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>89</v>
+        <v>1381</v>
       </c>
       <c r="D405" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E405" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F405" t="s">
-        <v>494</v>
+        <v>606</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="H405" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>93</v>
+        <v>1385</v>
       </c>
       <c r="D406" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E406" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F406" t="s">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1383</v>
+        <v>138</v>
       </c>
       <c r="H406" t="s">
-        <v>1384</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>97</v>
+        <v>1387</v>
       </c>
       <c r="D407" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E407" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F407" t="s">
-        <v>649</v>
+        <v>511</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1386</v>
+        <v>138</v>
       </c>
       <c r="H407" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>101</v>
+        <v>1390</v>
       </c>
       <c r="D408" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E408" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F408" t="s">
-        <v>479</v>
+        <v>511</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1389</v>
+        <v>138</v>
       </c>
       <c r="H408" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>105</v>
+        <v>1393</v>
       </c>
       <c r="D409" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E409" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F409" t="s">
-        <v>1392</v>
+        <v>518</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="H409" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>109</v>
+        <v>1397</v>
       </c>
       <c r="D410" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E410" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F410" t="s">
-        <v>486</v>
+        <v>606</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="H410" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>113</v>
+        <v>1401</v>
       </c>
       <c r="D411" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E411" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F411" t="s">
-        <v>486</v>
+        <v>511</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1399</v>
+        <v>138</v>
       </c>
       <c r="H411" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>117</v>
+        <v>1404</v>
       </c>
       <c r="D412" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E412" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F412" t="s">
-        <v>649</v>
+        <v>511</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1402</v>
+        <v>138</v>
       </c>
       <c r="H412" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>121</v>
+        <v>1407</v>
       </c>
       <c r="D413" t="s">
-        <v>1320</v>
+        <v>653</v>
       </c>
       <c r="E413" t="s">
-        <v>1321</v>
+        <v>654</v>
       </c>
       <c r="F413" t="s">
-        <v>555</v>
+        <v>511</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1405</v>
+        <v>138</v>
       </c>
       <c r="H413" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>125</v>
+        <v>10</v>
       </c>
       <c r="D414" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E414" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F414" t="s">
-        <v>560</v>
+        <v>511</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1408</v>
+        <v>1412</v>
       </c>
       <c r="H414" t="s">
-        <v>1409</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B415" t="s">
+        <v>9</v>
+      </c>
+      <c r="C415" t="s">
+        <v>17</v>
+      </c>
+      <c r="D415" t="s">
         <v>1410</v>
       </c>
-      <c r="B415" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E415" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F415" t="s">
-        <v>560</v>
+        <v>537</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1411</v>
+        <v>1415</v>
       </c>
       <c r="H415" t="s">
-        <v>1412</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1413</v>
+        <v>1417</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>133</v>
+        <v>21</v>
       </c>
       <c r="D416" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E416" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F416" t="s">
-        <v>560</v>
+        <v>537</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1414</v>
+        <v>1418</v>
       </c>
       <c r="H416" t="s">
-        <v>1415</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1416</v>
+        <v>1420</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>137</v>
+        <v>25</v>
       </c>
       <c r="D417" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E417" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F417" t="s">
-        <v>560</v>
+        <v>1421</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1417</v>
+        <v>1422</v>
       </c>
       <c r="H417" t="s">
-        <v>1418</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1419</v>
+        <v>1424</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>141</v>
+        <v>29</v>
       </c>
       <c r="D418" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E418" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F418" t="s">
-        <v>560</v>
+        <v>606</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1420</v>
+        <v>1425</v>
       </c>
       <c r="H418" t="s">
-        <v>1421</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1422</v>
+        <v>1427</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>145</v>
+        <v>33</v>
       </c>
       <c r="D419" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E419" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F419" t="s">
-        <v>1184</v>
+        <v>522</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1423</v>
+        <v>1428</v>
       </c>
       <c r="H419" t="s">
-        <v>1424</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1425</v>
+        <v>1430</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>149</v>
+        <v>37</v>
       </c>
       <c r="D420" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E420" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F420" t="s">
-        <v>479</v>
+        <v>522</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1426</v>
+        <v>1431</v>
       </c>
       <c r="H420" t="s">
-        <v>1427</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1428</v>
+        <v>1433</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>153</v>
+        <v>41</v>
       </c>
       <c r="D421" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E421" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F421" t="s">
-        <v>1429</v>
+        <v>702</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1430</v>
+        <v>1434</v>
       </c>
       <c r="H421" t="s">
-        <v>1431</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1432</v>
+        <v>1436</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>157</v>
+        <v>45</v>
       </c>
       <c r="D422" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E422" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F422" t="s">
-        <v>1433</v>
+        <v>702</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1434</v>
+        <v>1437</v>
       </c>
       <c r="H422" t="s">
-        <v>1435</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1436</v>
+        <v>1439</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>161</v>
+        <v>49</v>
       </c>
       <c r="D423" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E423" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F423" t="s">
-        <v>479</v>
+        <v>702</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1437</v>
+        <v>1440</v>
       </c>
       <c r="H423" t="s">
-        <v>1438</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1439</v>
+        <v>1442</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>165</v>
+        <v>53</v>
       </c>
       <c r="D424" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E424" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F424" t="s">
-        <v>1440</v>
+        <v>702</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="H424" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1443</v>
+        <v>1445</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>169</v>
+        <v>57</v>
       </c>
       <c r="D425" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E425" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F425" t="s">
-        <v>468</v>
+        <v>702</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1444</v>
+        <v>1446</v>
       </c>
       <c r="H425" t="s">
-        <v>1445</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>173</v>
+        <v>61</v>
       </c>
       <c r="D426" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E426" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F426" t="s">
-        <v>649</v>
+        <v>702</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="H426" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>177</v>
+        <v>65</v>
       </c>
       <c r="D427" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E427" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F427" t="s">
-        <v>649</v>
+        <v>511</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="H427" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>181</v>
+        <v>69</v>
       </c>
       <c r="D428" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E428" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F428" t="s">
-        <v>468</v>
+        <v>522</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="H428" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>185</v>
+        <v>73</v>
       </c>
       <c r="D429" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E429" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F429" t="s">
-        <v>486</v>
+        <v>522</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="H429" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1458</v>
+        <v>1460</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>189</v>
+        <v>77</v>
       </c>
       <c r="D430" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E430" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F430" t="s">
-        <v>479</v>
+        <v>522</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1459</v>
+        <v>1461</v>
       </c>
       <c r="H430" t="s">
-        <v>1460</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1461</v>
+        <v>1463</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>193</v>
+        <v>81</v>
       </c>
       <c r="D431" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E431" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F431" t="s">
-        <v>479</v>
+        <v>702</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1462</v>
+        <v>1464</v>
       </c>
       <c r="H431" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>197</v>
+        <v>85</v>
       </c>
       <c r="D432" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E432" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F432" t="s">
-        <v>479</v>
+        <v>537</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
       <c r="H432" t="s">
-        <v>1466</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1467</v>
+        <v>1469</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>201</v>
+        <v>89</v>
       </c>
       <c r="D433" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E433" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F433" t="s">
-        <v>479</v>
+        <v>537</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="H433" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>205</v>
+        <v>93</v>
       </c>
       <c r="D434" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E434" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F434" t="s">
-        <v>649</v>
+        <v>511</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
       <c r="H434" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>209</v>
+        <v>97</v>
       </c>
       <c r="D435" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E435" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F435" t="s">
-        <v>475</v>
+        <v>702</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="H435" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>213</v>
+        <v>101</v>
       </c>
       <c r="D436" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E436" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F436" t="s">
-        <v>479</v>
+        <v>522</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="H436" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>217</v>
+        <v>105</v>
       </c>
       <c r="D437" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E437" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F437" t="s">
-        <v>560</v>
+        <v>1482</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1480</v>
+        <v>1483</v>
       </c>
       <c r="H437" t="s">
-        <v>1481</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1482</v>
+        <v>1485</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>221</v>
+        <v>109</v>
       </c>
       <c r="D438" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E438" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F438" t="s">
-        <v>649</v>
+        <v>529</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1483</v>
+        <v>1486</v>
       </c>
       <c r="H438" t="s">
-        <v>1484</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1485</v>
+        <v>1488</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>225</v>
+        <v>113</v>
       </c>
       <c r="D439" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E439" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F439" t="s">
-        <v>479</v>
+        <v>529</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1486</v>
+        <v>1489</v>
       </c>
       <c r="H439" t="s">
-        <v>1487</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1488</v>
+        <v>1491</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>229</v>
+        <v>117</v>
       </c>
       <c r="D440" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E440" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F440" t="s">
-        <v>479</v>
+        <v>702</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1489</v>
+        <v>1492</v>
       </c>
       <c r="H440" t="s">
-        <v>1490</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1491</v>
+        <v>1494</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>233</v>
+        <v>121</v>
       </c>
       <c r="D441" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E441" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F441" t="s">
-        <v>475</v>
+        <v>601</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1492</v>
+        <v>1495</v>
       </c>
       <c r="H441" t="s">
-        <v>1493</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1494</v>
+        <v>1497</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>237</v>
+        <v>125</v>
       </c>
       <c r="D442" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E442" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F442" t="s">
-        <v>479</v>
+        <v>606</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1495</v>
+        <v>1498</v>
       </c>
       <c r="H442" t="s">
-        <v>1496</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1497</v>
+        <v>1500</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>241</v>
+        <v>129</v>
       </c>
       <c r="D443" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E443" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F443" t="s">
-        <v>468</v>
+        <v>606</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1498</v>
+        <v>1501</v>
       </c>
       <c r="H443" t="s">
-        <v>1499</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1500</v>
+        <v>1503</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>245</v>
+        <v>133</v>
       </c>
       <c r="D444" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E444" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F444" t="s">
-        <v>468</v>
+        <v>606</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1501</v>
+        <v>1504</v>
       </c>
       <c r="H444" t="s">
-        <v>1502</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1503</v>
+        <v>1506</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>249</v>
+        <v>137</v>
       </c>
       <c r="D445" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E445" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F445" t="s">
-        <v>504</v>
+        <v>606</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1504</v>
+        <v>1507</v>
       </c>
       <c r="H445" t="s">
-        <v>1505</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1506</v>
+        <v>1509</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>253</v>
+        <v>141</v>
       </c>
       <c r="D446" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E446" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F446" t="s">
-        <v>468</v>
+        <v>606</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1507</v>
+        <v>1510</v>
       </c>
       <c r="H446" t="s">
-        <v>1508</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1509</v>
+        <v>1512</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>257</v>
+        <v>145</v>
       </c>
       <c r="D447" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E447" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F447" t="s">
-        <v>560</v>
+        <v>1228</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1510</v>
+        <v>1513</v>
       </c>
       <c r="H447" t="s">
-        <v>1511</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1512</v>
+        <v>1515</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>261</v>
+        <v>149</v>
       </c>
       <c r="D448" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E448" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F448" t="s">
-        <v>479</v>
+        <v>522</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
       <c r="H448" t="s">
-        <v>1514</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1515</v>
+        <v>1518</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>265</v>
+        <v>153</v>
       </c>
       <c r="D449" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E449" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F449" t="s">
-        <v>475</v>
+        <v>1519</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1516</v>
+        <v>1520</v>
       </c>
       <c r="H449" t="s">
-        <v>1517</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1518</v>
+        <v>1522</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>269</v>
+        <v>157</v>
       </c>
       <c r="D450" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E450" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F450" t="s">
-        <v>468</v>
+        <v>1523</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1519</v>
+        <v>1524</v>
       </c>
       <c r="H450" t="s">
-        <v>1520</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1521</v>
+        <v>1526</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>273</v>
+        <v>161</v>
       </c>
       <c r="D451" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E451" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F451" t="s">
-        <v>479</v>
+        <v>522</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1522</v>
+        <v>1527</v>
       </c>
       <c r="H451" t="s">
-        <v>1523</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1524</v>
+        <v>1529</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>277</v>
+        <v>165</v>
       </c>
       <c r="D452" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E452" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F452" t="s">
-        <v>479</v>
+        <v>1530</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1525</v>
+        <v>1531</v>
       </c>
       <c r="H452" t="s">
-        <v>1526</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1527</v>
+        <v>1533</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>281</v>
+        <v>169</v>
       </c>
       <c r="D453" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E453" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F453" t="s">
-        <v>560</v>
+        <v>511</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1528</v>
+        <v>1534</v>
       </c>
       <c r="H453" t="s">
-        <v>1529</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>1530</v>
+        <v>1536</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>285</v>
+        <v>173</v>
       </c>
       <c r="D454" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E454" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F454" t="s">
-        <v>560</v>
+        <v>702</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1531</v>
+        <v>1537</v>
       </c>
       <c r="H454" t="s">
-        <v>1532</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1533</v>
+        <v>1539</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>289</v>
+        <v>177</v>
       </c>
       <c r="D455" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E455" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F455" t="s">
-        <v>649</v>
+        <v>702</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1534</v>
+        <v>1540</v>
       </c>
       <c r="H455" t="s">
-        <v>1535</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>1536</v>
+        <v>1542</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>293</v>
+        <v>181</v>
       </c>
       <c r="D456" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E456" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F456" t="s">
-        <v>486</v>
+        <v>511</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1537</v>
+        <v>1543</v>
       </c>
       <c r="H456" t="s">
-        <v>1538</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1539</v>
+        <v>1545</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>297</v>
+        <v>185</v>
       </c>
       <c r="D457" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E457" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F457" t="s">
-        <v>560</v>
+        <v>529</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1540</v>
+        <v>1546</v>
       </c>
       <c r="H457" t="s">
-        <v>1541</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1542</v>
+        <v>1548</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>301</v>
+        <v>189</v>
       </c>
       <c r="D458" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E458" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F458" t="s">
-        <v>486</v>
+        <v>522</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1543</v>
+        <v>1549</v>
       </c>
       <c r="H458" t="s">
-        <v>1544</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1545</v>
+        <v>1551</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>305</v>
+        <v>193</v>
       </c>
       <c r="D459" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E459" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F459" t="s">
-        <v>479</v>
+        <v>522</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1546</v>
+        <v>1552</v>
       </c>
       <c r="H459" t="s">
-        <v>1547</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1548</v>
+        <v>1554</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>309</v>
+        <v>197</v>
       </c>
       <c r="D460" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E460" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F460" t="s">
-        <v>614</v>
+        <v>522</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="H460" t="s">
-        <v>1550</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1551</v>
+        <v>1557</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>313</v>
+        <v>201</v>
       </c>
       <c r="D461" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E461" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F461" t="s">
-        <v>475</v>
+        <v>522</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1552</v>
+        <v>1558</v>
       </c>
       <c r="H461" t="s">
-        <v>1553</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1554</v>
+        <v>1560</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>317</v>
+        <v>205</v>
       </c>
       <c r="D462" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E462" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F462" t="s">
-        <v>494</v>
+        <v>702</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1555</v>
+        <v>1561</v>
       </c>
       <c r="H462" t="s">
-        <v>1556</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1557</v>
+        <v>1563</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>321</v>
+        <v>209</v>
       </c>
       <c r="D463" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E463" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F463" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1558</v>
+        <v>1564</v>
       </c>
       <c r="H463" t="s">
-        <v>1559</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>1560</v>
+        <v>1566</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>325</v>
+        <v>213</v>
       </c>
       <c r="D464" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E464" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F464" t="s">
-        <v>479</v>
+        <v>522</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1561</v>
+        <v>1567</v>
       </c>
       <c r="H464" t="s">
-        <v>1562</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1563</v>
+        <v>1569</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>329</v>
+        <v>217</v>
       </c>
       <c r="D465" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E465" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F465" t="s">
-        <v>479</v>
+        <v>606</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1564</v>
+        <v>1570</v>
       </c>
       <c r="H465" t="s">
-        <v>1565</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1566</v>
+        <v>1572</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>333</v>
+        <v>221</v>
       </c>
       <c r="D466" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E466" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F466" t="s">
-        <v>479</v>
+        <v>702</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1567</v>
+        <v>1573</v>
       </c>
       <c r="H466" t="s">
-        <v>1568</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1569</v>
+        <v>1575</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>337</v>
+        <v>225</v>
       </c>
       <c r="D467" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E467" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F467" t="s">
-        <v>479</v>
+        <v>522</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1570</v>
+        <v>1576</v>
       </c>
       <c r="H467" t="s">
-        <v>1571</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1572</v>
+        <v>1578</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>341</v>
+        <v>229</v>
       </c>
       <c r="D468" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E468" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F468" t="s">
-        <v>486</v>
+        <v>522</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1573</v>
+        <v>1579</v>
       </c>
       <c r="H468" t="s">
-        <v>1574</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1575</v>
+        <v>1581</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>345</v>
+        <v>233</v>
       </c>
       <c r="D469" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E469" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F469" t="s">
-        <v>649</v>
+        <v>518</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1576</v>
+        <v>1582</v>
       </c>
       <c r="H469" t="s">
-        <v>1577</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>1578</v>
+        <v>1584</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>349</v>
+        <v>237</v>
       </c>
       <c r="D470" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E470" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F470" t="s">
-        <v>649</v>
+        <v>522</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1579</v>
+        <v>1585</v>
       </c>
       <c r="H470" t="s">
-        <v>1580</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1581</v>
+        <v>1587</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>353</v>
+        <v>241</v>
       </c>
       <c r="D471" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E471" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F471" t="s">
-        <v>649</v>
+        <v>511</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1582</v>
+        <v>1588</v>
       </c>
       <c r="H471" t="s">
-        <v>1583</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>1584</v>
+        <v>1590</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>357</v>
+        <v>245</v>
       </c>
       <c r="D472" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E472" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F472" t="s">
-        <v>649</v>
+        <v>511</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1585</v>
+        <v>1591</v>
       </c>
       <c r="H472" t="s">
-        <v>1586</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>1587</v>
+        <v>1593</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>360</v>
+        <v>249</v>
       </c>
       <c r="D473" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E473" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F473" t="s">
-        <v>676</v>
+        <v>547</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1588</v>
+        <v>1594</v>
       </c>
       <c r="H473" t="s">
-        <v>1589</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>1590</v>
+        <v>1596</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>364</v>
+        <v>253</v>
       </c>
       <c r="D474" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E474" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F474" t="s">
-        <v>1184</v>
+        <v>511</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1591</v>
+        <v>1597</v>
       </c>
       <c r="H474" t="s">
-        <v>1592</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>1593</v>
+        <v>1599</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>368</v>
+        <v>257</v>
       </c>
       <c r="D475" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E475" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F475" t="s">
-        <v>1184</v>
+        <v>606</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1594</v>
+        <v>1600</v>
       </c>
       <c r="H475" t="s">
-        <v>1595</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>1596</v>
+        <v>1602</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>372</v>
+        <v>261</v>
       </c>
       <c r="D476" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E476" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F476" t="s">
-        <v>564</v>
+        <v>522</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1597</v>
+        <v>1603</v>
       </c>
       <c r="H476" t="s">
-        <v>1598</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>1599</v>
+        <v>1605</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>376</v>
+        <v>265</v>
       </c>
       <c r="D477" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E477" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F477" t="s">
-        <v>676</v>
+        <v>518</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1600</v>
+        <v>1606</v>
       </c>
       <c r="H477" t="s">
-        <v>1601</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>1602</v>
+        <v>1608</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>380</v>
+        <v>269</v>
       </c>
       <c r="D478" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E478" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F478" t="s">
-        <v>560</v>
+        <v>511</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>138</v>
+        <v>1609</v>
       </c>
       <c r="H478" t="s">
-        <v>1603</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>1604</v>
+        <v>1611</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>384</v>
+        <v>273</v>
       </c>
       <c r="D479" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E479" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F479" t="s">
-        <v>649</v>
+        <v>522</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1605</v>
+        <v>1612</v>
       </c>
       <c r="H479" t="s">
-        <v>1606</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>1607</v>
+        <v>1614</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>388</v>
+        <v>277</v>
       </c>
       <c r="D480" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E480" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F480" t="s">
-        <v>555</v>
+        <v>522</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1608</v>
+        <v>1615</v>
       </c>
       <c r="H480" t="s">
-        <v>1609</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>1610</v>
+        <v>1617</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>392</v>
+        <v>281</v>
       </c>
       <c r="D481" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E481" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F481" t="s">
-        <v>479</v>
+        <v>606</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1611</v>
+        <v>1618</v>
       </c>
       <c r="H481" t="s">
-        <v>1612</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>1613</v>
+        <v>1620</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>396</v>
+        <v>285</v>
       </c>
       <c r="D482" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E482" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F482" t="s">
-        <v>479</v>
+        <v>606</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1614</v>
+        <v>1621</v>
       </c>
       <c r="H482" t="s">
-        <v>1615</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1616</v>
+        <v>1623</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>400</v>
+        <v>289</v>
       </c>
       <c r="D483" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E483" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F483" t="s">
-        <v>479</v>
+        <v>702</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1617</v>
+        <v>1624</v>
       </c>
       <c r="H483" t="s">
-        <v>1618</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>1619</v>
+        <v>1626</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>404</v>
+        <v>293</v>
       </c>
       <c r="D484" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E484" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F484" t="s">
-        <v>468</v>
+        <v>529</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1620</v>
+        <v>1627</v>
       </c>
       <c r="H484" t="s">
-        <v>1621</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>1622</v>
+        <v>1629</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>408</v>
+        <v>297</v>
       </c>
       <c r="D485" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E485" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F485" t="s">
-        <v>468</v>
+        <v>606</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1623</v>
+        <v>1630</v>
       </c>
       <c r="H485" t="s">
-        <v>1624</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>1625</v>
+        <v>1632</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>411</v>
+        <v>301</v>
       </c>
       <c r="D486" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E486" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F486" t="s">
-        <v>479</v>
+        <v>529</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1626</v>
+        <v>1633</v>
       </c>
       <c r="H486" t="s">
-        <v>1627</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>1628</v>
+        <v>1635</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>415</v>
+        <v>305</v>
       </c>
       <c r="D487" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E487" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F487" t="s">
-        <v>560</v>
+        <v>522</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1629</v>
+        <v>1636</v>
       </c>
       <c r="H487" t="s">
-        <v>1630</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>1631</v>
+        <v>1638</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>419</v>
+        <v>309</v>
       </c>
       <c r="D488" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E488" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F488" t="s">
-        <v>560</v>
+        <v>667</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="H488" t="s">
-        <v>1633</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>1634</v>
+        <v>1641</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>423</v>
+        <v>313</v>
       </c>
       <c r="D489" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E489" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F489" t="s">
-        <v>475</v>
+        <v>518</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1635</v>
+        <v>1642</v>
       </c>
       <c r="H489" t="s">
-        <v>1636</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>1637</v>
+        <v>1644</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>427</v>
+        <v>317</v>
       </c>
       <c r="D490" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E490" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F490" t="s">
-        <v>649</v>
+        <v>537</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="H490" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>1640</v>
+        <v>1647</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>431</v>
+        <v>321</v>
       </c>
       <c r="D491" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E491" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F491" t="s">
-        <v>649</v>
+        <v>537</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1641</v>
+        <v>1648</v>
       </c>
       <c r="H491" t="s">
-        <v>1642</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>1643</v>
+        <v>1650</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>435</v>
+        <v>325</v>
       </c>
       <c r="D492" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E492" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F492" t="s">
-        <v>475</v>
+        <v>522</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1644</v>
+        <v>1651</v>
       </c>
       <c r="H492" t="s">
-        <v>1645</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1646</v>
+        <v>1653</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>439</v>
+        <v>329</v>
       </c>
       <c r="D493" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E493" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F493" t="s">
-        <v>479</v>
+        <v>522</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1647</v>
+        <v>1654</v>
       </c>
       <c r="H493" t="s">
-        <v>1648</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1649</v>
+        <v>1656</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>443</v>
+        <v>333</v>
       </c>
       <c r="D494" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E494" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F494" t="s">
-        <v>649</v>
+        <v>522</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1650</v>
+        <v>1657</v>
       </c>
       <c r="H494" t="s">
-        <v>1651</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1652</v>
+        <v>1659</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>447</v>
+        <v>337</v>
       </c>
       <c r="D495" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E495" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F495" t="s">
-        <v>649</v>
+        <v>522</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1653</v>
+        <v>1660</v>
       </c>
       <c r="H495" t="s">
-        <v>1654</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1655</v>
+        <v>1662</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>451</v>
+        <v>341</v>
       </c>
       <c r="D496" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E496" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F496" t="s">
-        <v>1656</v>
+        <v>529</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1657</v>
+        <v>1663</v>
       </c>
       <c r="H496" t="s">
-        <v>1658</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>1659</v>
+        <v>1665</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>455</v>
+        <v>345</v>
       </c>
       <c r="D497" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E497" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F497" t="s">
-        <v>649</v>
+        <v>702</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1660</v>
+        <v>1666</v>
       </c>
       <c r="H497" t="s">
-        <v>1661</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1662</v>
+        <v>1668</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>905</v>
+        <v>349</v>
       </c>
       <c r="D498" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E498" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F498" t="s">
-        <v>479</v>
+        <v>702</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1663</v>
+        <v>1669</v>
       </c>
       <c r="H498" t="s">
-        <v>1664</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1665</v>
+        <v>1671</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>908</v>
+        <v>353</v>
       </c>
       <c r="D499" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E499" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F499" t="s">
-        <v>564</v>
+        <v>702</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1666</v>
+        <v>1672</v>
       </c>
       <c r="H499" t="s">
-        <v>1667</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1668</v>
+        <v>1674</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>912</v>
+        <v>357</v>
       </c>
       <c r="D500" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E500" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F500" t="s">
-        <v>881</v>
+        <v>702</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1669</v>
+        <v>1675</v>
       </c>
       <c r="H500" t="s">
-        <v>1670</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1671</v>
+        <v>1677</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>916</v>
+        <v>360</v>
       </c>
       <c r="D501" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E501" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F501" t="s">
-        <v>479</v>
+        <v>729</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1672</v>
+        <v>1678</v>
       </c>
       <c r="H501" t="s">
-        <v>1673</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1674</v>
+        <v>1680</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>920</v>
+        <v>364</v>
       </c>
       <c r="D502" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E502" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F502" t="s">
-        <v>649</v>
+        <v>1228</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1675</v>
+        <v>1681</v>
       </c>
       <c r="H502" t="s">
-        <v>1676</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>1677</v>
+        <v>1683</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>924</v>
+        <v>368</v>
       </c>
       <c r="D503" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E503" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F503" t="s">
-        <v>649</v>
+        <v>1228</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1678</v>
+        <v>1684</v>
       </c>
       <c r="H503" t="s">
-        <v>1679</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>1680</v>
+        <v>1686</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>928</v>
+        <v>372</v>
       </c>
       <c r="D504" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E504" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F504" t="s">
-        <v>468</v>
+        <v>610</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1681</v>
+        <v>1687</v>
       </c>
       <c r="H504" t="s">
-        <v>1682</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>1683</v>
+        <v>1689</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>932</v>
+        <v>376</v>
       </c>
       <c r="D505" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E505" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F505" t="s">
-        <v>468</v>
+        <v>729</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1684</v>
+        <v>1690</v>
       </c>
       <c r="H505" t="s">
-        <v>1685</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>1686</v>
+        <v>1692</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>936</v>
+        <v>380</v>
       </c>
       <c r="D506" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E506" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F506" t="s">
-        <v>560</v>
+        <v>606</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1687</v>
+        <v>1693</v>
       </c>
       <c r="H506" t="s">
-        <v>1688</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>1689</v>
+        <v>1695</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>940</v>
+        <v>384</v>
       </c>
       <c r="D507" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E507" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F507" t="s">
-        <v>479</v>
+        <v>702</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>1690</v>
+        <v>1696</v>
       </c>
       <c r="H507" t="s">
-        <v>1691</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>1692</v>
+        <v>1698</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>944</v>
+        <v>388</v>
       </c>
       <c r="D508" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E508" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F508" t="s">
-        <v>479</v>
+        <v>601</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1693</v>
+        <v>1699</v>
       </c>
       <c r="H508" t="s">
-        <v>1694</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>1695</v>
+        <v>1701</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>947</v>
+        <v>392</v>
       </c>
       <c r="D509" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E509" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F509" t="s">
-        <v>649</v>
+        <v>522</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1696</v>
+        <v>1702</v>
       </c>
       <c r="H509" t="s">
-        <v>1697</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>1698</v>
+        <v>1704</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>950</v>
+        <v>396</v>
       </c>
       <c r="D510" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E510" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F510" t="s">
-        <v>560</v>
+        <v>522</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1699</v>
+        <v>1705</v>
       </c>
       <c r="H510" t="s">
-        <v>1700</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>1701</v>
+        <v>1707</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>953</v>
+        <v>400</v>
       </c>
       <c r="D511" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E511" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F511" t="s">
-        <v>560</v>
+        <v>522</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>1702</v>
+        <v>1708</v>
       </c>
       <c r="H511" t="s">
-        <v>1703</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>1704</v>
+        <v>1710</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>957</v>
+        <v>404</v>
       </c>
       <c r="D512" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E512" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F512" t="s">
-        <v>486</v>
+        <v>511</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>1705</v>
+        <v>1711</v>
       </c>
       <c r="H512" t="s">
-        <v>1706</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>1707</v>
+        <v>1713</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>961</v>
+        <v>408</v>
       </c>
       <c r="D513" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E513" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F513" t="s">
-        <v>479</v>
+        <v>511</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>1708</v>
+        <v>1714</v>
       </c>
       <c r="H513" t="s">
-        <v>1709</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>1710</v>
+        <v>1716</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>966</v>
+        <v>411</v>
       </c>
       <c r="D514" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E514" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F514" t="s">
-        <v>560</v>
+        <v>522</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>1711</v>
+        <v>1717</v>
       </c>
       <c r="H514" t="s">
-        <v>1712</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>1713</v>
+        <v>1719</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>970</v>
+        <v>415</v>
       </c>
       <c r="D515" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E515" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F515" t="s">
-        <v>479</v>
+        <v>606</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1714</v>
+        <v>1720</v>
       </c>
       <c r="H515" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>1716</v>
+        <v>1722</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>973</v>
+        <v>419</v>
       </c>
       <c r="D516" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E516" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F516" t="s">
-        <v>475</v>
+        <v>606</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>1717</v>
+        <v>1723</v>
       </c>
       <c r="H516" t="s">
-        <v>1718</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>1719</v>
+        <v>1725</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>976</v>
+        <v>423</v>
       </c>
       <c r="D517" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E517" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F517" t="s">
-        <v>475</v>
+        <v>518</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>1720</v>
+        <v>1726</v>
       </c>
       <c r="H517" t="s">
-        <v>1721</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>1722</v>
+        <v>1728</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>979</v>
+        <v>427</v>
       </c>
       <c r="D518" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E518" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F518" t="s">
-        <v>555</v>
+        <v>702</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>1723</v>
+        <v>1729</v>
       </c>
       <c r="H518" t="s">
-        <v>1724</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>1725</v>
+        <v>1731</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>982</v>
+        <v>431</v>
       </c>
       <c r="D519" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E519" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F519" t="s">
-        <v>479</v>
+        <v>702</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1726</v>
+        <v>1732</v>
       </c>
       <c r="H519" t="s">
-        <v>1727</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>1728</v>
+        <v>1734</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>985</v>
+        <v>435</v>
       </c>
       <c r="D520" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E520" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F520" t="s">
-        <v>1184</v>
+        <v>518</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>1729</v>
+        <v>1735</v>
       </c>
       <c r="H520" t="s">
-        <v>1730</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>1731</v>
+        <v>1737</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>988</v>
+        <v>439</v>
       </c>
       <c r="D521" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E521" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F521" t="s">
-        <v>649</v>
+        <v>522</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>1732</v>
+        <v>1738</v>
       </c>
       <c r="H521" t="s">
-        <v>1733</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>1734</v>
+        <v>1740</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>991</v>
+        <v>443</v>
       </c>
       <c r="D522" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E522" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F522" t="s">
-        <v>649</v>
+        <v>702</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>1735</v>
+        <v>1741</v>
       </c>
       <c r="H522" t="s">
-        <v>1736</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>1737</v>
+        <v>1743</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>994</v>
+        <v>447</v>
       </c>
       <c r="D523" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E523" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F523" t="s">
-        <v>560</v>
+        <v>702</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>1738</v>
+        <v>1744</v>
       </c>
       <c r="H523" t="s">
-        <v>1739</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>1740</v>
+        <v>1746</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>997</v>
+        <v>451</v>
       </c>
       <c r="D524" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E524" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F524" t="s">
-        <v>560</v>
+        <v>1747</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>1741</v>
+        <v>1748</v>
       </c>
       <c r="H524" t="s">
-        <v>1742</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>1743</v>
+        <v>1750</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>1000</v>
+        <v>455</v>
       </c>
       <c r="D525" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E525" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F525" t="s">
-        <v>560</v>
+        <v>702</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>1744</v>
+        <v>1751</v>
       </c>
       <c r="H525" t="s">
-        <v>1745</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>1746</v>
+        <v>1753</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>1003</v>
+        <v>459</v>
       </c>
       <c r="D526" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E526" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F526" t="s">
-        <v>560</v>
+        <v>522</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>1747</v>
+        <v>1754</v>
       </c>
       <c r="H526" t="s">
-        <v>1748</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>1749</v>
+        <v>1756</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>1006</v>
+        <v>463</v>
       </c>
       <c r="D527" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E527" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F527" t="s">
-        <v>560</v>
+        <v>610</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>1750</v>
+        <v>1757</v>
       </c>
       <c r="H527" t="s">
-        <v>1751</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>1752</v>
+        <v>1759</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>1009</v>
+        <v>467</v>
       </c>
       <c r="D528" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E528" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F528" t="s">
-        <v>475</v>
+        <v>934</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>1753</v>
+        <v>1760</v>
       </c>
       <c r="H528" t="s">
-        <v>1754</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>1755</v>
+        <v>1762</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>1012</v>
+        <v>471</v>
       </c>
       <c r="D529" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E529" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F529" t="s">
-        <v>475</v>
+        <v>522</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>1756</v>
+        <v>1763</v>
       </c>
       <c r="H529" t="s">
-        <v>1757</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>1758</v>
+        <v>1765</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>1016</v>
+        <v>475</v>
       </c>
       <c r="D530" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E530" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F530" t="s">
-        <v>614</v>
+        <v>702</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>1759</v>
+        <v>1766</v>
       </c>
       <c r="H530" t="s">
-        <v>1760</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>1761</v>
+        <v>1768</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>1020</v>
+        <v>479</v>
       </c>
       <c r="D531" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E531" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F531" t="s">
-        <v>649</v>
+        <v>702</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>1762</v>
+        <v>1769</v>
       </c>
       <c r="H531" t="s">
-        <v>1763</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>1764</v>
+        <v>1771</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>1025</v>
+        <v>483</v>
       </c>
       <c r="D532" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E532" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F532" t="s">
-        <v>486</v>
+        <v>511</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>1765</v>
+        <v>1772</v>
       </c>
       <c r="H532" t="s">
-        <v>1766</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>1767</v>
+        <v>1774</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>1029</v>
+        <v>487</v>
       </c>
       <c r="D533" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E533" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F533" t="s">
-        <v>486</v>
+        <v>511</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>1768</v>
+        <v>1775</v>
       </c>
       <c r="H533" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>1770</v>
+        <v>1777</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>1033</v>
+        <v>491</v>
       </c>
       <c r="D534" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E534" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F534" t="s">
-        <v>504</v>
+        <v>606</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>1771</v>
+        <v>1778</v>
       </c>
       <c r="H534" t="s">
-        <v>1772</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>1773</v>
+        <v>1780</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>1037</v>
+        <v>495</v>
       </c>
       <c r="D535" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E535" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F535" t="s">
-        <v>1774</v>
+        <v>522</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>1775</v>
+        <v>1781</v>
       </c>
       <c r="H535" t="s">
-        <v>1776</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>1777</v>
+        <v>1783</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>1041</v>
+        <v>498</v>
       </c>
       <c r="D536" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E536" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F536" t="s">
-        <v>1778</v>
+        <v>522</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>1779</v>
+        <v>1784</v>
       </c>
       <c r="H536" t="s">
-        <v>1780</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>1781</v>
+        <v>1786</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>1044</v>
+        <v>989</v>
       </c>
       <c r="D537" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E537" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F537" t="s">
-        <v>479</v>
+        <v>702</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>1782</v>
+        <v>1787</v>
       </c>
       <c r="H537" t="s">
-        <v>1783</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>1784</v>
+        <v>1789</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>1048</v>
+        <v>992</v>
       </c>
       <c r="D538" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E538" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F538" t="s">
-        <v>1785</v>
+        <v>606</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>138</v>
+        <v>1790</v>
       </c>
       <c r="H538" t="s">
-        <v>1786</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>1787</v>
+        <v>1792</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>1051</v>
+        <v>995</v>
       </c>
       <c r="D539" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E539" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F539" t="s">
-        <v>649</v>
+        <v>606</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>138</v>
+        <v>1793</v>
       </c>
       <c r="H539" t="s">
-        <v>1788</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>1789</v>
+        <v>1795</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>1055</v>
+        <v>999</v>
       </c>
       <c r="D540" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E540" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F540" t="s">
-        <v>560</v>
+        <v>529</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>1790</v>
+        <v>1796</v>
       </c>
       <c r="H540" t="s">
-        <v>1791</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>1792</v>
+        <v>1798</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>1059</v>
+        <v>1003</v>
       </c>
       <c r="D541" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E541" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F541" t="s">
-        <v>479</v>
+        <v>522</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>138</v>
+        <v>1799</v>
       </c>
       <c r="H541" t="s">
-        <v>1793</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>1794</v>
+        <v>1801</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>1063</v>
+        <v>1008</v>
       </c>
       <c r="D542" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E542" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F542" t="s">
-        <v>479</v>
+        <v>606</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>138</v>
+        <v>1802</v>
       </c>
       <c r="H542" t="s">
-        <v>1795</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>1796</v>
+        <v>1804</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>1067</v>
+        <v>1012</v>
       </c>
       <c r="D543" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E543" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F543" t="s">
-        <v>1797</v>
+        <v>522</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>138</v>
+        <v>1805</v>
       </c>
       <c r="H543" t="s">
-        <v>1798</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>1799</v>
+        <v>1807</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>1071</v>
+        <v>1015</v>
       </c>
       <c r="D544" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E544" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F544" t="s">
-        <v>649</v>
+        <v>518</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>1800</v>
+        <v>1808</v>
       </c>
       <c r="H544" t="s">
-        <v>1801</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>1802</v>
+        <v>1810</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>1075</v>
+        <v>1018</v>
       </c>
       <c r="D545" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E545" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F545" t="s">
-        <v>479</v>
+        <v>518</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>1803</v>
+        <v>1811</v>
       </c>
       <c r="H545" t="s">
-        <v>1804</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>1805</v>
+        <v>1813</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>1079</v>
+        <v>1021</v>
       </c>
       <c r="D546" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E546" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F546" t="s">
-        <v>479</v>
+        <v>601</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>1806</v>
+        <v>1814</v>
       </c>
       <c r="H546" t="s">
-        <v>1807</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>1808</v>
+        <v>1816</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>1083</v>
+        <v>1024</v>
       </c>
       <c r="D547" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E547" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F547" t="s">
-        <v>479</v>
+        <v>522</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>1809</v>
+        <v>1817</v>
       </c>
       <c r="H547" t="s">
-        <v>1810</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>1811</v>
+        <v>1819</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>1086</v>
+        <v>1027</v>
       </c>
       <c r="D548" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E548" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F548" t="s">
-        <v>649</v>
+        <v>1228</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>1812</v>
+        <v>1820</v>
       </c>
       <c r="H548" t="s">
-        <v>1813</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>1814</v>
+        <v>1822</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>1089</v>
+        <v>1030</v>
       </c>
       <c r="D549" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E549" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F549" t="s">
-        <v>555</v>
+        <v>702</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>1815</v>
+        <v>1823</v>
       </c>
       <c r="H549" t="s">
-        <v>1816</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>1817</v>
+        <v>1825</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>1092</v>
+        <v>1033</v>
       </c>
       <c r="D550" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E550" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F550" t="s">
-        <v>468</v>
+        <v>702</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>1818</v>
+        <v>1826</v>
       </c>
       <c r="H550" t="s">
-        <v>1819</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>1820</v>
+        <v>1828</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>1095</v>
+        <v>1036</v>
       </c>
       <c r="D551" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E551" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F551" t="s">
-        <v>479</v>
+        <v>606</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>1821</v>
+        <v>1829</v>
       </c>
       <c r="H551" t="s">
-        <v>1822</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>1823</v>
+        <v>1831</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>1098</v>
+        <v>1039</v>
       </c>
       <c r="D552" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E552" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F552" t="s">
-        <v>479</v>
+        <v>606</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>1824</v>
+        <v>1832</v>
       </c>
       <c r="H552" t="s">
-        <v>1825</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>1826</v>
+        <v>1834</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>1102</v>
+        <v>1042</v>
       </c>
       <c r="D553" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E553" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F553" t="s">
-        <v>649</v>
+        <v>606</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>1827</v>
+        <v>1835</v>
       </c>
       <c r="H553" t="s">
-        <v>1828</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>1829</v>
+        <v>1837</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>1105</v>
+        <v>1045</v>
       </c>
       <c r="D554" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E554" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F554" t="s">
-        <v>494</v>
+        <v>606</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="H554" t="s">
-        <v>1831</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>1832</v>
+        <v>1840</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>1108</v>
+        <v>1048</v>
       </c>
       <c r="D555" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E555" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F555" t="s">
-        <v>494</v>
+        <v>606</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>1833</v>
+        <v>1841</v>
       </c>
       <c r="H555" t="s">
-        <v>1834</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>1835</v>
+        <v>1843</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>1111</v>
+        <v>1051</v>
       </c>
       <c r="D556" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E556" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F556" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>1836</v>
+        <v>1844</v>
       </c>
       <c r="H556" t="s">
-        <v>1837</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>1838</v>
+        <v>1846</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>1116</v>
+        <v>1054</v>
       </c>
       <c r="D557" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E557" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F557" t="s">
-        <v>560</v>
+        <v>518</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>1839</v>
+        <v>1847</v>
       </c>
       <c r="H557" t="s">
-        <v>1840</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>1841</v>
+        <v>1849</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>1119</v>
+        <v>1058</v>
       </c>
       <c r="D558" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E558" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F558" t="s">
-        <v>494</v>
+        <v>667</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>1842</v>
+        <v>1850</v>
       </c>
       <c r="H558" t="s">
-        <v>1843</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>1844</v>
+        <v>1852</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>1122</v>
+        <v>1062</v>
       </c>
       <c r="D559" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E559" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F559" t="s">
-        <v>486</v>
+        <v>702</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>1845</v>
+        <v>1853</v>
       </c>
       <c r="H559" t="s">
-        <v>1846</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>1847</v>
+        <v>1855</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>1125</v>
+        <v>1067</v>
       </c>
       <c r="D560" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E560" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F560" t="s">
-        <v>486</v>
+        <v>529</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>1848</v>
+        <v>1856</v>
       </c>
       <c r="H560" t="s">
-        <v>1849</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>1850</v>
+        <v>1858</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>1128</v>
+        <v>1071</v>
       </c>
       <c r="D561" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E561" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F561" t="s">
-        <v>564</v>
+        <v>529</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>1851</v>
+        <v>1859</v>
       </c>
       <c r="H561" t="s">
-        <v>1852</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>1853</v>
+        <v>1861</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>1131</v>
+        <v>1075</v>
       </c>
       <c r="D562" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E562" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F562" t="s">
-        <v>479</v>
+        <v>547</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>1854</v>
+        <v>1862</v>
       </c>
       <c r="H562" t="s">
-        <v>1855</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>1856</v>
+        <v>1864</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>1135</v>
+        <v>1079</v>
       </c>
       <c r="D563" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E563" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F563" t="s">
-        <v>479</v>
+        <v>1865</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>1857</v>
+        <v>1866</v>
       </c>
       <c r="H563" t="s">
-        <v>1858</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>1859</v>
+        <v>1868</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>1139</v>
+        <v>1083</v>
       </c>
       <c r="D564" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E564" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F564" t="s">
-        <v>479</v>
+        <v>1869</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>1860</v>
+        <v>1870</v>
       </c>
       <c r="H564" t="s">
-        <v>1861</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>1862</v>
+        <v>1872</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>1143</v>
+        <v>1086</v>
       </c>
       <c r="D565" t="s">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="E565" t="s">
-        <v>1321</v>
+        <v>1411</v>
       </c>
       <c r="F565" t="s">
-        <v>649</v>
+        <v>522</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>1863</v>
+        <v>1873</v>
       </c>
       <c r="H565" t="s">
-        <v>1864</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>1865</v>
+        <v>1875</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>10</v>
+        <v>1090</v>
       </c>
       <c r="D566" t="s">
-        <v>1866</v>
+        <v>1410</v>
       </c>
       <c r="E566" t="s">
-        <v>1867</v>
+        <v>1411</v>
       </c>
       <c r="F566" t="s">
-        <v>1868</v>
+        <v>1876</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>1869</v>
+        <v>1877</v>
       </c>
       <c r="H566" t="s">
-        <v>1870</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>1871</v>
+        <v>1879</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>17</v>
+        <v>1093</v>
       </c>
       <c r="D567" t="s">
-        <v>1866</v>
+        <v>1410</v>
       </c>
       <c r="E567" t="s">
-        <v>1867</v>
+        <v>1411</v>
       </c>
       <c r="F567" t="s">
-        <v>560</v>
+        <v>702</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>1872</v>
+        <v>1880</v>
       </c>
       <c r="H567" t="s">
-        <v>1873</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>1874</v>
+        <v>1882</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>10</v>
+        <v>1097</v>
       </c>
       <c r="D568" t="s">
-        <v>1875</v>
+        <v>1410</v>
       </c>
       <c r="E568" t="s">
-        <v>1876</v>
+        <v>1411</v>
       </c>
       <c r="F568" t="s">
-        <v>13</v>
+        <v>606</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>1877</v>
+        <v>1883</v>
       </c>
       <c r="H568" t="s">
-        <v>1878</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>1879</v>
+        <v>1885</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>10</v>
+        <v>1101</v>
       </c>
       <c r="D569" t="s">
-        <v>1880</v>
+        <v>1410</v>
       </c>
       <c r="E569" t="s">
-        <v>1881</v>
+        <v>1411</v>
       </c>
       <c r="F569" t="s">
-        <v>13</v>
+        <v>522</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>1882</v>
+        <v>1886</v>
       </c>
       <c r="H569" t="s">
-        <v>1883</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>1884</v>
+        <v>1888</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D570" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E570" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F570" t="s">
+        <v>522</v>
+      </c>
+      <c r="G570" s="1" t="s">
+        <v>1889</v>
+      </c>
+      <c r="H570" t="s">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="571" spans="1:8">
+      <c r="A571" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B571" t="s">
+        <v>9</v>
+      </c>
+      <c r="C571" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D571" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E571" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F571" t="s">
+        <v>1892</v>
+      </c>
+      <c r="G571" s="1" t="s">
+        <v>1893</v>
+      </c>
+      <c r="H571" t="s">
+        <v>1894</v>
+      </c>
+    </row>
+    <row r="572" spans="1:8">
+      <c r="A572" t="s">
+        <v>1895</v>
+      </c>
+      <c r="B572" t="s">
+        <v>9</v>
+      </c>
+      <c r="C572" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D572" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E572" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F572" t="s">
+        <v>702</v>
+      </c>
+      <c r="G572" s="1" t="s">
+        <v>1896</v>
+      </c>
+      <c r="H572" t="s">
+        <v>1897</v>
+      </c>
+    </row>
+    <row r="573" spans="1:8">
+      <c r="A573" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B573" t="s">
+        <v>9</v>
+      </c>
+      <c r="C573" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D573" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E573" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F573" t="s">
+        <v>522</v>
+      </c>
+      <c r="G573" s="1" t="s">
+        <v>1899</v>
+      </c>
+      <c r="H573" t="s">
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="574" spans="1:8">
+      <c r="A574" t="s">
+        <v>1901</v>
+      </c>
+      <c r="B574" t="s">
+        <v>9</v>
+      </c>
+      <c r="C574" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D574" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E574" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F574" t="s">
+        <v>522</v>
+      </c>
+      <c r="G574" s="1" t="s">
+        <v>1902</v>
+      </c>
+      <c r="H574" t="s">
+        <v>1903</v>
+      </c>
+    </row>
+    <row r="575" spans="1:8">
+      <c r="A575" t="s">
+        <v>1904</v>
+      </c>
+      <c r="B575" t="s">
+        <v>9</v>
+      </c>
+      <c r="C575" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D575" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E575" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F575" t="s">
+        <v>522</v>
+      </c>
+      <c r="G575" s="1" t="s">
+        <v>1905</v>
+      </c>
+      <c r="H575" t="s">
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="576" spans="1:8">
+      <c r="A576" t="s">
+        <v>1907</v>
+      </c>
+      <c r="B576" t="s">
+        <v>9</v>
+      </c>
+      <c r="C576" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D576" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E576" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F576" t="s">
+        <v>702</v>
+      </c>
+      <c r="G576" s="1" t="s">
+        <v>1908</v>
+      </c>
+      <c r="H576" t="s">
+        <v>1909</v>
+      </c>
+    </row>
+    <row r="577" spans="1:8">
+      <c r="A577" t="s">
+        <v>1910</v>
+      </c>
+      <c r="B577" t="s">
+        <v>9</v>
+      </c>
+      <c r="C577" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D577" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E577" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F577" t="s">
+        <v>601</v>
+      </c>
+      <c r="G577" s="1" t="s">
+        <v>1911</v>
+      </c>
+      <c r="H577" t="s">
+        <v>1912</v>
+      </c>
+    </row>
+    <row r="578" spans="1:8">
+      <c r="A578" t="s">
+        <v>1913</v>
+      </c>
+      <c r="B578" t="s">
+        <v>9</v>
+      </c>
+      <c r="C578" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D578" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E578" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F578" t="s">
+        <v>511</v>
+      </c>
+      <c r="G578" s="1" t="s">
+        <v>1914</v>
+      </c>
+      <c r="H578" t="s">
+        <v>1915</v>
+      </c>
+    </row>
+    <row r="579" spans="1:8">
+      <c r="A579" t="s">
+        <v>1916</v>
+      </c>
+      <c r="B579" t="s">
+        <v>9</v>
+      </c>
+      <c r="C579" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D579" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E579" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F579" t="s">
+        <v>522</v>
+      </c>
+      <c r="G579" s="1" t="s">
+        <v>1917</v>
+      </c>
+      <c r="H579" t="s">
+        <v>1918</v>
+      </c>
+    </row>
+    <row r="580" spans="1:8">
+      <c r="A580" t="s">
+        <v>1919</v>
+      </c>
+      <c r="B580" t="s">
+        <v>9</v>
+      </c>
+      <c r="C580" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D580" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E580" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F580" t="s">
+        <v>522</v>
+      </c>
+      <c r="G580" s="1" t="s">
+        <v>1920</v>
+      </c>
+      <c r="H580" t="s">
+        <v>1921</v>
+      </c>
+    </row>
+    <row r="581" spans="1:8">
+      <c r="A581" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B581" t="s">
+        <v>9</v>
+      </c>
+      <c r="C581" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D581" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E581" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F581" t="s">
+        <v>702</v>
+      </c>
+      <c r="G581" s="1" t="s">
+        <v>1923</v>
+      </c>
+      <c r="H581" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="582" spans="1:8">
+      <c r="A582" t="s">
+        <v>1925</v>
+      </c>
+      <c r="B582" t="s">
+        <v>9</v>
+      </c>
+      <c r="C582" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D582" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E582" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F582" t="s">
+        <v>537</v>
+      </c>
+      <c r="G582" s="1" t="s">
+        <v>1926</v>
+      </c>
+      <c r="H582" t="s">
+        <v>1927</v>
+      </c>
+    </row>
+    <row r="583" spans="1:8">
+      <c r="A583" t="s">
+        <v>1928</v>
+      </c>
+      <c r="B583" t="s">
+        <v>9</v>
+      </c>
+      <c r="C583" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D583" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E583" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F583" t="s">
+        <v>537</v>
+      </c>
+      <c r="G583" s="1" t="s">
+        <v>1929</v>
+      </c>
+      <c r="H583" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="584" spans="1:8">
+      <c r="A584" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B584" t="s">
+        <v>9</v>
+      </c>
+      <c r="C584" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D584" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E584" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F584" t="s">
+        <v>537</v>
+      </c>
+      <c r="G584" s="1" t="s">
+        <v>1932</v>
+      </c>
+      <c r="H584" t="s">
+        <v>1933</v>
+      </c>
+    </row>
+    <row r="585" spans="1:8">
+      <c r="A585" t="s">
+        <v>1934</v>
+      </c>
+      <c r="B585" t="s">
+        <v>9</v>
+      </c>
+      <c r="C585" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D585" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E585" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F585" t="s">
+        <v>606</v>
+      </c>
+      <c r="G585" s="1" t="s">
+        <v>1935</v>
+      </c>
+      <c r="H585" t="s">
+        <v>1936</v>
+      </c>
+    </row>
+    <row r="586" spans="1:8">
+      <c r="A586" t="s">
+        <v>1937</v>
+      </c>
+      <c r="B586" t="s">
+        <v>9</v>
+      </c>
+      <c r="C586" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D586" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E586" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F586" t="s">
+        <v>537</v>
+      </c>
+      <c r="G586" s="1" t="s">
+        <v>1938</v>
+      </c>
+      <c r="H586" t="s">
+        <v>1939</v>
+      </c>
+    </row>
+    <row r="587" spans="1:8">
+      <c r="A587" t="s">
+        <v>1940</v>
+      </c>
+      <c r="B587" t="s">
+        <v>9</v>
+      </c>
+      <c r="C587" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D587" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E587" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F587" t="s">
+        <v>529</v>
+      </c>
+      <c r="G587" s="1" t="s">
+        <v>1941</v>
+      </c>
+      <c r="H587" t="s">
+        <v>1942</v>
+      </c>
+    </row>
+    <row r="588" spans="1:8">
+      <c r="A588" t="s">
+        <v>1943</v>
+      </c>
+      <c r="B588" t="s">
+        <v>9</v>
+      </c>
+      <c r="C588" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D588" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E588" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F588" t="s">
+        <v>529</v>
+      </c>
+      <c r="G588" s="1" t="s">
+        <v>1944</v>
+      </c>
+      <c r="H588" t="s">
+        <v>1945</v>
+      </c>
+    </row>
+    <row r="589" spans="1:8">
+      <c r="A589" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B589" t="s">
+        <v>9</v>
+      </c>
+      <c r="C589" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D589" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E589" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F589" t="s">
+        <v>610</v>
+      </c>
+      <c r="G589" s="1" t="s">
+        <v>1947</v>
+      </c>
+      <c r="H589" t="s">
+        <v>1948</v>
+      </c>
+    </row>
+    <row r="590" spans="1:8">
+      <c r="A590" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B590" t="s">
+        <v>9</v>
+      </c>
+      <c r="C590" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D590" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E590" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F590" t="s">
+        <v>522</v>
+      </c>
+      <c r="G590" s="1" t="s">
+        <v>1950</v>
+      </c>
+      <c r="H590" t="s">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="591" spans="1:8">
+      <c r="A591" t="s">
+        <v>1952</v>
+      </c>
+      <c r="B591" t="s">
+        <v>9</v>
+      </c>
+      <c r="C591" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D591" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E591" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F591" t="s">
+        <v>522</v>
+      </c>
+      <c r="G591" s="1" t="s">
+        <v>1953</v>
+      </c>
+      <c r="H591" t="s">
+        <v>1954</v>
+      </c>
+    </row>
+    <row r="592" spans="1:8">
+      <c r="A592" t="s">
+        <v>1955</v>
+      </c>
+      <c r="B592" t="s">
+        <v>9</v>
+      </c>
+      <c r="C592" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D592" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E592" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F592" t="s">
+        <v>522</v>
+      </c>
+      <c r="G592" s="1" t="s">
+        <v>1956</v>
+      </c>
+      <c r="H592" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="593" spans="1:8">
+      <c r="A593" t="s">
+        <v>1958</v>
+      </c>
+      <c r="B593" t="s">
+        <v>9</v>
+      </c>
+      <c r="C593" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D593" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E593" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F593" t="s">
+        <v>702</v>
+      </c>
+      <c r="G593" s="1" t="s">
+        <v>1959</v>
+      </c>
+      <c r="H593" t="s">
+        <v>1960</v>
+      </c>
+    </row>
+    <row r="594" spans="1:8">
+      <c r="A594" t="s">
+        <v>1961</v>
+      </c>
+      <c r="B594" t="s">
+        <v>9</v>
+      </c>
+      <c r="C594" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D594" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E594" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F594" t="s">
+        <v>649</v>
+      </c>
+      <c r="G594" s="1" t="s">
+        <v>1962</v>
+      </c>
+      <c r="H594" t="s">
+        <v>1963</v>
+      </c>
+    </row>
+    <row r="595" spans="1:8">
+      <c r="A595" t="s">
+        <v>1964</v>
+      </c>
+      <c r="B595" t="s">
+        <v>9</v>
+      </c>
+      <c r="C595" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D595" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E595" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F595" t="s">
+        <v>649</v>
+      </c>
+      <c r="G595" s="1" t="s">
+        <v>1965</v>
+      </c>
+      <c r="H595" t="s">
+        <v>1966</v>
+      </c>
+    </row>
+    <row r="596" spans="1:8">
+      <c r="A596" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B596" t="s">
+        <v>9</v>
+      </c>
+      <c r="C596" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D596" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E596" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F596" t="s">
+        <v>702</v>
+      </c>
+      <c r="G596" s="1" t="s">
+        <v>1968</v>
+      </c>
+      <c r="H596" t="s">
+        <v>1969</v>
+      </c>
+    </row>
+    <row r="597" spans="1:8">
+      <c r="A597" t="s">
+        <v>1970</v>
+      </c>
+      <c r="B597" t="s">
+        <v>9</v>
+      </c>
+      <c r="C597" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D597" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E597" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F597" t="s">
+        <v>511</v>
+      </c>
+      <c r="G597" s="1" t="s">
+        <v>1971</v>
+      </c>
+      <c r="H597" t="s">
+        <v>1972</v>
+      </c>
+    </row>
+    <row r="598" spans="1:8">
+      <c r="A598" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B598" t="s">
+        <v>9</v>
+      </c>
+      <c r="C598" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D598" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E598" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F598" t="s">
+        <v>1974</v>
+      </c>
+      <c r="G598" s="1" t="s">
+        <v>1975</v>
+      </c>
+      <c r="H598" t="s">
+        <v>1976</v>
+      </c>
+    </row>
+    <row r="599" spans="1:8">
+      <c r="A599" t="s">
+        <v>1977</v>
+      </c>
+      <c r="B599" t="s">
+        <v>9</v>
+      </c>
+      <c r="C599" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D599" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E599" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F599" t="s">
+        <v>606</v>
+      </c>
+      <c r="G599" s="1" t="s">
+        <v>1978</v>
+      </c>
+      <c r="H599" t="s">
+        <v>1979</v>
+      </c>
+    </row>
+    <row r="600" spans="1:8">
+      <c r="A600" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B600" t="s">
+        <v>9</v>
+      </c>
+      <c r="C600" t="s">
+        <v>10</v>
+      </c>
+      <c r="D600" t="s">
+        <v>1981</v>
+      </c>
+      <c r="E600" t="s">
+        <v>1982</v>
+      </c>
+      <c r="F600" t="s">
+        <v>1983</v>
+      </c>
+      <c r="G600" s="1" t="s">
+        <v>1984</v>
+      </c>
+      <c r="H600" t="s">
+        <v>1985</v>
+      </c>
+    </row>
+    <row r="601" spans="1:8">
+      <c r="A601" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B601" t="s">
+        <v>9</v>
+      </c>
+      <c r="C601" t="s">
         <v>17</v>
       </c>
-      <c r="D570" t="s">
-[...5 lines deleted...]
-      <c r="F570" t="s">
+      <c r="D601" t="s">
+        <v>1981</v>
+      </c>
+      <c r="E601" t="s">
+        <v>1982</v>
+      </c>
+      <c r="F601" t="s">
+        <v>606</v>
+      </c>
+      <c r="G601" s="1" t="s">
+        <v>1987</v>
+      </c>
+      <c r="H601" t="s">
+        <v>1988</v>
+      </c>
+    </row>
+    <row r="602" spans="1:8">
+      <c r="A602" t="s">
+        <v>1989</v>
+      </c>
+      <c r="B602" t="s">
+        <v>9</v>
+      </c>
+      <c r="C602" t="s">
+        <v>10</v>
+      </c>
+      <c r="D602" t="s">
+        <v>1990</v>
+      </c>
+      <c r="E602" t="s">
+        <v>1991</v>
+      </c>
+      <c r="F602" t="s">
         <v>13</v>
       </c>
-      <c r="G570" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H570" t="s">
+      <c r="G602" s="1" t="s">
+        <v>1992</v>
+      </c>
+      <c r="H602" t="s">
+        <v>1993</v>
+      </c>
+    </row>
+    <row r="603" spans="1:8">
+      <c r="A603" t="s">
+        <v>1994</v>
+      </c>
+      <c r="B603" t="s">
+        <v>9</v>
+      </c>
+      <c r="C603" t="s">
+        <v>10</v>
+      </c>
+      <c r="D603" t="s">
+        <v>1995</v>
+      </c>
+      <c r="E603" t="s">
+        <v>1996</v>
+      </c>
+      <c r="F603" t="s">
+        <v>13</v>
+      </c>
+      <c r="G603" s="1" t="s">
+        <v>1997</v>
+      </c>
+      <c r="H603" t="s">
+        <v>1998</v>
+      </c>
+    </row>
+    <row r="604" spans="1:8">
+      <c r="A604" t="s">
+        <v>1999</v>
+      </c>
+      <c r="B604" t="s">
+        <v>9</v>
+      </c>
+      <c r="C604" t="s">
+        <v>17</v>
+      </c>
+      <c r="D604" t="s">
+        <v>1995</v>
+      </c>
+      <c r="E604" t="s">
+        <v>1996</v>
+      </c>
+      <c r="F604" t="s">
+        <v>13</v>
+      </c>
+      <c r="G604" s="1" t="s">
+        <v>2000</v>
+      </c>
+      <c r="H604" t="s">
         <v>382</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
@@ -21445,50 +22672,84 @@
     <hyperlink ref="G546" r:id="rId545"/>
     <hyperlink ref="G547" r:id="rId546"/>
     <hyperlink ref="G548" r:id="rId547"/>
     <hyperlink ref="G549" r:id="rId548"/>
     <hyperlink ref="G550" r:id="rId549"/>
     <hyperlink ref="G551" r:id="rId550"/>
     <hyperlink ref="G552" r:id="rId551"/>
     <hyperlink ref="G553" r:id="rId552"/>
     <hyperlink ref="G554" r:id="rId553"/>
     <hyperlink ref="G555" r:id="rId554"/>
     <hyperlink ref="G556" r:id="rId555"/>
     <hyperlink ref="G557" r:id="rId556"/>
     <hyperlink ref="G558" r:id="rId557"/>
     <hyperlink ref="G559" r:id="rId558"/>
     <hyperlink ref="G560" r:id="rId559"/>
     <hyperlink ref="G561" r:id="rId560"/>
     <hyperlink ref="G562" r:id="rId561"/>
     <hyperlink ref="G563" r:id="rId562"/>
     <hyperlink ref="G564" r:id="rId563"/>
     <hyperlink ref="G565" r:id="rId564"/>
     <hyperlink ref="G566" r:id="rId565"/>
     <hyperlink ref="G567" r:id="rId566"/>
     <hyperlink ref="G568" r:id="rId567"/>
     <hyperlink ref="G569" r:id="rId568"/>
     <hyperlink ref="G570" r:id="rId569"/>
+    <hyperlink ref="G571" r:id="rId570"/>
+    <hyperlink ref="G572" r:id="rId571"/>
+    <hyperlink ref="G573" r:id="rId572"/>
+    <hyperlink ref="G574" r:id="rId573"/>
+    <hyperlink ref="G575" r:id="rId574"/>
+    <hyperlink ref="G576" r:id="rId575"/>
+    <hyperlink ref="G577" r:id="rId576"/>
+    <hyperlink ref="G578" r:id="rId577"/>
+    <hyperlink ref="G579" r:id="rId578"/>
+    <hyperlink ref="G580" r:id="rId579"/>
+    <hyperlink ref="G581" r:id="rId580"/>
+    <hyperlink ref="G582" r:id="rId581"/>
+    <hyperlink ref="G583" r:id="rId582"/>
+    <hyperlink ref="G584" r:id="rId583"/>
+    <hyperlink ref="G585" r:id="rId584"/>
+    <hyperlink ref="G586" r:id="rId585"/>
+    <hyperlink ref="G587" r:id="rId586"/>
+    <hyperlink ref="G588" r:id="rId587"/>
+    <hyperlink ref="G589" r:id="rId588"/>
+    <hyperlink ref="G590" r:id="rId589"/>
+    <hyperlink ref="G591" r:id="rId590"/>
+    <hyperlink ref="G592" r:id="rId591"/>
+    <hyperlink ref="G593" r:id="rId592"/>
+    <hyperlink ref="G594" r:id="rId593"/>
+    <hyperlink ref="G595" r:id="rId594"/>
+    <hyperlink ref="G596" r:id="rId595"/>
+    <hyperlink ref="G597" r:id="rId596"/>
+    <hyperlink ref="G598" r:id="rId597"/>
+    <hyperlink ref="G599" r:id="rId598"/>
+    <hyperlink ref="G600" r:id="rId599"/>
+    <hyperlink ref="G601" r:id="rId600"/>
+    <hyperlink ref="G602" r:id="rId601"/>
+    <hyperlink ref="G603" r:id="rId602"/>
+    <hyperlink ref="G604" r:id="rId603"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>