--- v2 (2026-01-15)
+++ v3 (2026-03-01)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4830" uniqueCount="2001">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4862" uniqueCount="2013">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -5973,50 +5973,86 @@
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4081/indicacao_no_184.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, que sejam tomadas as providências necessárias e realizados os devidos estudos jurídicos e financeiros visando a isenção de descontos tributários incidentes sobre os pagamentos da Gratificação por Desempenho de Atividade Delegada, instituída pela Lei Municipal nº 3.620/2010, paga aos Policiais Militares que prestam serviços ao Município.</t>
   </si>
   <si>
     <t>4082</t>
   </si>
   <si>
     <t>FERNANDA MACENO, ADRIANO TUSTÃO, CARLINHO DO DIVINO, CRISTINA NOBRE, FEBEM</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4082/indicacao_no_185.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, nos termos regimentais, INDICAM, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, que sejam tomadas as providências necessárias junto ao departamento competente do Governo do Município de Buritama, objetivando solucionar os problemas de distribuição de água no Loteamento Mirante do Tietê, bem como enviar com  a maior brevidade possível, servidores para uma visita técnica no local para averiguação das falhas no abastecimento.</t>
   </si>
   <si>
     <t>4083</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4083/indicacao_no_186.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor David de Brito Santos, Interventor da Santa Casa de Misericórdia São Francisco de Buritama, que sejam tomadas as providências necessárias visando a aquisição de poltronas retráteis destinadas aos acompanhantes de pacientes internados ou em observação na unidade hospitalar.</t>
+  </si>
+  <si>
+    <t>4157</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4157/indicacao_no_187.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, aos senhores Tiago Luiz de Oliveira, Prefeito Municipal, e Giselda Elias da Cunha, Diretora Municipal de Trânsito, sejam tomadas as providências necessárias, objetivando a construção de uma lombada ou de um tipo de redutor de velocidade, na Rua Maria Goulart Antonio, localizada no Conjunto Habitacional Vereador Jacintho de Oliveira Neto.</t>
+  </si>
+  <si>
+    <t>4158</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4158/indicacao_no_188.pdf</t>
+  </si>
+  <si>
+    <t>Os vereadores que esta subscrevem, nos termos regimentais, INDICAM, por intermédio de Vossa Excelência, aos senhores Tiago Luiz de Oliveira, Prefeito Municipal, e Milson Aparecido Polizel, responsável pelo Departamento Municipal de Agricultura e Meio Ambiente, para que sejam realizados estudos e averiguada a possibilidade de efetuar ações de mobilização junto com os pescadores profissionais e amadores, assim como quaisquer outros voluntários que tenham interesse em participar, com o intuito de organizar e realizar durante final de semana, um grandioso evento com atividades e mutirões de conscientização ambiental, com plantios de árvores e com a limpeza dos lixos nas margens da orla dos nossos rios Tietê e Santa Bárbara, tanto na represa do lado de cima da barragem como do lado de baixo, vindo do Condomínio Itaparica até a Ponte Velha, por exemplo, onde os donos de barcos, lanchas, jet-skis, caiaques, entre outros, possam estar também participando no carregamento e distribuição de volun</t>
+  </si>
+  <si>
+    <t>4159</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4159/indicacao_no_189.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores que esta subscrevem, nos termos regimentais, INDICAM, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, que sejam realizados estudos técnicos e a devida análise de viabilidade para a elevação do valor da subvenção/contribuição destinada à Entidade Lar dos Velhos São Camilo de Leles.</t>
+  </si>
+  <si>
+    <t>4160</t>
+  </si>
+  <si>
+    <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4160/indicacao_no_190.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora que esta subscreve, nos termos regimentais, INDICA, por intermédio de Vossa Excelência, ao senhor Tiago Luiz de Oliveira, Prefeito Municipal, que sejam realizados estudos técnicos e a devida análise de viabilidade para conceder subvenção/contribuição à Fundação Pio XII - Hospital do Amor de Barretos, inscrita no CNPJ nº 49.150.352/0001-12.</t>
   </si>
   <si>
     <t>3651</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>ANTONIO CARLOS, ADRIANO TUSTÃO, ANDRÉ DO ZÉ CARLÃO, ANÍZIO, CARLINHO DO DIVINO, CRISTINA NOBRE, DR. WALLISON, FEBEM, FERNANDA MACENO, MIKAEL DISK FRETE, TONHÃO DA EDITORA</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3651/mocao_de_apoio_-_req.47.2025_1.pdf</t>
   </si>
   <si>
     <t>Por força do Requerimento nº 47/25, de autoria do vereador Antonio Carlos de Freitas, aprovado por unanimidade, na Sessão Ordinária do dia 07 de abril de 2025, a Câmara Municipal de Buritama/SP, expede a presente MOÇÃO DE APOIO à APAMPESP - Associação de Professores Aposentados do Magistério Público do Estado de São Paulo, de Araçatuba, dirigida ao Supremo Tribunal Federal, objetivando a célere decisão final sobre a Ação Direta de Inconstitucionalidade (ADI) 6.255, que inclui o julgamento conjunto de outras ações semelhantes relacionadas à Reforma da Previdência (EC 103/2019).</t>
   </si>
   <si>
     <t>3803</t>
   </si>
   <si>
     <t>https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3803/mocao_de_pesar_-_neola_barbosa_guerbas.pdf</t>
   </si>
@@ -6383,56 +6419,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3485/pl01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3486/pl02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3487/pl03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3488/pl04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3489/pl05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3490/pl06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3491/pl07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3510/pl08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3511/pl09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3512/pl10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3513/pl11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3520/pl12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3521/pl13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3522/pl14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3542/pl15-assinado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3543/pl16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3561/pl_17_ok.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3562/pl18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3563/pl19-assinado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3564/pl20_ok.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3565/pl_21_ok.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3567/pl22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3568/pl23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3582/pl24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3583/pl25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3584/pl26_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3605/pl27_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3606/pl28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3607/pl29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3608/pl30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3609/pl31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3648/projeto_de_lei_no_33_de_07_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3649/projeto_de_lei_no_34_de_09_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3650/projeto_de_lei_no_35_de_09_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3664/pl36--.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3693/pl37_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3694/pl38_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3704/pl39--.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3706/pl40_1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3707/pl41_1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3708/pl42_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3709/pl43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3710/pl44--.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3711/pl45--.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3727/pl46-.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3728/pl47-.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3729/pl48-.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3730/pl49.-.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3731/pl50-.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3732/pl51-.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3767/pl52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3768/pl53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3769/pl54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3770/pl55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3794/pl56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3795/pl57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3796/pl58.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3797/pl59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3799/projeto_de_lei_no_60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3800/projeto_de_lei_no_61.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3804/pl62_1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3805/pl63.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3806/pl64.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3807/pl65.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3808/pl66.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3809/pl67.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3828/pl68_2.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3829/pl69.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3830/pl70.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3831/pl71.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3847/pl72.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3870/pl73.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3871/pl74.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3872/pl75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3873/pl76_1.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3874/pl77_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3875/pl78.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3876/pl79.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3896/pl80.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3897/pl81.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3898/pl82.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3899/pl83.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3900/pl84.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3917/pl85.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3918/pl86.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3919/pl87.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3952/pl88.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3953/pl89.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3960/pl90.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3961/pl91.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3962/pl92.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3963/pl_93.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3980/pl_94.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3981/pl_95.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3982/pl96.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3983/pl_97.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3984/pl_98.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4002/pl99.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4003/pl100.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4004/pl101.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4005/pl102.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4006/pl103.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4007/pl104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4008/pl105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4020/pl106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4026/pl107_correto.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4043/pl108.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4044/pl_109_alterado.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4045/pl110-anulacao.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4058/pl111.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4059/pl112.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4073/pl113.doc.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4074/pl114.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4075/pl115.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4076/pl116.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4087/pl117.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4088/pl118.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4089/pl119.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4090/pl120.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4091/pl121.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4093/pl123.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3492/pl01-cam.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3493/pl02-cam.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3652/projeto_de_lei_n_03_1.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3798/projeto_de_lei_no_04.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3822/projeto_de_lei_no_05.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3823/projeto_de_lei_no_06.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3824/projeto_de_lei_no_07.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3825/projeto_de_lei_no_08.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3845/projeto_de_lei_no_09.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3869/projeto_de_lei_no_10_mikael.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3915/projeto_de_lei_no_11.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3951/pl12.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3949/projeto_de_lei_no_13.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3970/projeto_de_lei_no_14.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4047/projeto_de_lei_no_16.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3484/plc01.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3515/plc02.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3523/plc03.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3566/plc04.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3610/plc05.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3612/plc07.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3793/plcomplementar_no_09.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3964/projeto_de_lei_complementar_no_10_-_1.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3965/projeto_de_lei_complementar_no_11_-.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4046/projeto_de_lei_complementar_no_12.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4077/projeto_de_lei_complementar_no_13.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3494/plc01-cam.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3604/projeto_de_resolucao_no_01_11.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3826/projeto_de_resolucao_no_05.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3916/projeto_de_resolucao_no_06.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4048/projeto_de_resolucao_no_07.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4049/projeto_de_resolucao_no_08.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3717/proposta_de_emenda_no_01.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4068/proposta_de_emenda_no_07_-_pl_109.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4069/projeto_de_emenda_no_08.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3508/requerimento_no_01.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3509/requerimento_no_02.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3516/requerimento_no_03.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3517/requerimento_no_04.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3518/requerimento_no_05.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3532/requerimento_no_06.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3533/requerimento_no_07.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3534/requerimento_no_08.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3552/requerimento_no_14.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3553/requerimento_no_15.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3554/requerimento_no_16.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3555/requerimento_no_17.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3556/requerimento_no_18.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3557/requerimento_no_19.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3558/requerimento_no_20.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3559/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3560/requerimento_no_22_retirado_1.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3574/requerimento_no_27_1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3575/requerimento_no_28_1.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3576/requerimento_no_29_1.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3577/requerimento_no_30_1.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3578/requerimento_no_31_1.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3579/requerimento_no_32_1.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3580/requerimento_no_33_1.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3581/requerimento_no_34_1.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3585/requerimento_no_35_1.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3588/requerimento_no_38_1.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3600/requerimento_no_42_1.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3601/requerimento_no_43_1.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3602/requerimento_no_44_1.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3627/requerimento_no_45_1.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3628/requerimento_no_46_1.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3629/requerimento_no_47_1.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3630/requerimento_no_48_1.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3631/requerimento_no_49_1.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3632/requerimento_no_50_1.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3633/requerimento_no_51_1.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3634/requerimento_no_52_1.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3635/requerimento_no_53_1.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3636/requerimento_no_54_1.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3637/requerimento_no_55_1.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3638/requerimento_no_56_1.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3639/requerimento_no_57_1.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3646/requerimento_no_64_1.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3647/requerimento_no_65_1.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3657/requerimento_no_66.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3658/requerimento_no_67.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3659/requerimento_no_68.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3660/requerimento_no_69.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3669/requerimento_no_77.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3679/requerimento_no_79_1.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3680/requerimento_no_80.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3681/requerimento_no_81_1.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3682/requerimento_no_82_1.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3683/requerimento_no_83_1.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3684/requerimento_no_84_11.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3685/requerimento_no_85_1.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3695/requerimento_no_86_1.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3699/requerimento_no_89_1.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3700/requerimento_no_90_1.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3701/requerimento_no_91_1.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3718/requerimento_no_92.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3719/requerimento_no_93_1.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3747/requerimento_no_101.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3748/requerimento_no_102.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3749/requerimento_no_103.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3750/requerimento_no_104.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3751/requerimento_no_105.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3752/requerimento_no_106.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3753/requerimento_no_107.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3755/requerimento_no_108.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3756/requerimento_no_109.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3758/requerimento_no_111.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3759/requerimento_no_112.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3779/requerimento_no_114.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3780/requerimento_no_115.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3781/requerimento_no_116.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3782/requerimento_no_117_1.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3783/requerimento_no_118.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3784/requerimento_no_119.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3785/requerimento_no_120.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3786/requerimento_no_121.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3787/requerimento_no_122.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3818/requerimento_no_126.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3819/requerimento_no_127.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3820/requerimento_no_128.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3821/requerimento_no_129.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3853/requerimento_no_144.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3854/requerimento_no_145.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3855/requerimento_no_146.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3856/requerimento_no_147.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3857/requerimento_no_148.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3858/requerimento_no_149.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3881/requerimento_no_152.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3882/requerimento_no_153.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3883/requerimento_no_154.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3884/requerimento_no_155.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3885/requerimento_no_156.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3886/requerimento_no_157.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3887/requerimento_no_158.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3888/requerimento_no_159.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3889/requerimento_no_160.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3890/requerimento_no_161.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3901/requerimento_no_167.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3903/requerimento_no_169.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3904/requerimento_no_170.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3905/requerimento_no_171.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3926/requerimento_no_177.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3927/requerimento_no_178.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3928/requerimento_no_179.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3929/requerimento_no_180.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3930/requerimento_no_181.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3931/requerimento_no_182.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3935/requerimento_no_186.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3954/requerimento_no_187.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3955/requerimento_no_188.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3972/requerimento_no_192.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3974/requerimento_no_194.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3987/requerimento_no_200.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3988/requerimento_no_201.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3989/requerimento_no_202.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3990/requerimento_no_203.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3991/requerimento_no_204.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4015/requerimento_no_210.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4016/requerimento_no_211.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4017/requerimento_no_212.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4018/requerimento_no_213.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4019/requerimento_no_214.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4034/requerimento_no_221.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4035/requerimento_no_222.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4036/requerimento_no_223.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4037/requerimento_no_224.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4040/requerimento_no_227.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4041/requerimento_no_228.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4042/requerimento_no_229.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4064/requerimento_no_234.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4063/requerimento_no_235.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4062/requerimento_no_236.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4078/requerimento_no_240.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4079/requerimento_no_241.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3495/indicacao_no_01.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3496/indicacao_no_02.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3497/indicacao_no_03.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3498/indicacao_no_04.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3499/indicacao_no_05.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3500/indicacao_no_06.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3501/indicacao_no_07.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3502/indicacao_no_08.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3503/indicacao_no_09.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3504/indicacao_no_10.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3505/indicacao_no_11.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3506/indicacao_no_12.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3507/indicacao_no_13.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3519/indicacao_no_14.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3524/indicacao_no_15.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3525/indicacao_no_16.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3526/indicacao_no_17.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3527/indicacao_no_18.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3528/indicacao_no_19.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3529/indicacao_no_20.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3530/indicacao_no_21.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3531/indicacao_no_22.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3535/indicacao_no_23.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3536/indicacao_no_24.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3544/indicacao_no_25.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3545/indicacao_no_26.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3546/indicacao_no_27.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3547/indicacao_no_28.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3548/indicacao_no_29.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3549/indicacao_no_30.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3550/indicacao_no_31.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3551/indicacao_no_32.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3573/indicacao_no_33_1.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3592/indicacao_no_34_1.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3593/indicacao_no_35_1.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3594/indicacao_no_36_1.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3595/indicacao_no_37_1.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3596/indicacao_no_38.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3597/indicacao_no_39_1.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3598/indicacao_no_40_1.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3599/indicacao_no_41_1.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3603/indicacao_no_42_1.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3616/indicacao_no_43.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3617/indicacao_no_44.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3618/indicacao_no_45.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3619/indicacao_no_46.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3620/indicacao_no_47.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3621/indicacao_no_48.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3622/indicacao_no_49.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3623/indicacao_no_50.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3624/indicacao_no_51.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3625/indicacao_no_52.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3626/indicacao_no_53.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3653/indicacao_no_54.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3654/indicacao_no_55.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3655/indicacao_no_56.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3656/indicacao_no_57.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3671/indicacao_no_58.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3672/indicacao_no_59.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3673/indicacao_no_60.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3674/indicacao_no_61.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3675/indicacao_no_62.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3676/indicacao_no_63.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3677/indicacao_no_64.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3678/indicacao_no_65.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3686/indicacao_no_66.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3687/indicacao_no_67.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3688/indicacao_no_68_1.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3689/indicacao_no_69_1.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3690/indicacao_no_70.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3691/indicacao_no_71_1.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3692/indicacao_no_72.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3698/indicacao_no_73.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3702/indicacao_no_74_1.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3703/indicacao_no_75_1.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3712/indicacao_no_76_1.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3713/indicacao_no_77_1.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3714/indicacao_no_78_1.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3715/indicacao_no_79_1.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3716/indicacao_no_80_1.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3733/indicacao_no_81.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3734/indicacao_no_82.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3735/indicacao_no_83.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3736/indicacao_no_84.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3737/indicacao_no_85.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3738/indicacao_no_86.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3739/indicacao_no_87.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3740/indicacao_no_88.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3741/indicacao_no_89.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3742/indicacao_no_90.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3743/indicacao_no_91.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3744/indicacao_no_92.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3745/indicacao_no_93.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3746/indicacao_no_94.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3760/indicacao_no_95.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3761/indicacao_no_96.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3762/indicacao_no_97.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3763/indicacao_no_98.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3764/indicacao_no_99.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3765/indicacao_no_100.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3771/indicacao_no_101.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3772/indicacao_no_102.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3773/indicacao_no_103.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3774/indicacao_no_104.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3775/indicacao_no_105.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3776/indicacao_no_106.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3777/indicacao_no_107.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3778/indicacao_no_108.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3810/indicacao_no_109.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3811/indicacao_no_110.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3812/indicacao_no_111.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3813/indicacao_no_112.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3814/indicacao_no_113.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3815/indicacao_no_114.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3816/indicacao_no_115.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3817/indicacao_no_116.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3860/indicacao_no_117.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3861/indicacao_no_118.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3862/indicacao_no_119.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3863/indicacao_no_120.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3864/indicacao_no_121.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3865/indicacao_no_122.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3866/indicacao_no_123.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3877/indicacao_no_124.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3878/indicacao_no_125.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3879/indicacao_no_126.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3880/indicacao_no_127.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3906/indicacao_no_128.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3907/indicacao_no_129.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3908/indicacao_no_130.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3920/indicacao_no_131.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3921/indicacao_no_132.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3922/indicacao_no_133.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3923/indicacao_no_134.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3924/indicacao_no_135.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3925/indicacao_no_136.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3936/indicacao_no_137.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3937/indicacao_no_138.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3938/indicacao_no_139.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3939/indicacao_no_140.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3940/indicacao_no_141.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3941/indicacao_no_142.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3942/indicacao_no_143.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3943/indicacao_no_144.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3944/indicacao_no_145.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3945/indicacao_no_146.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3946/indicacao_no_147.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3947/indicacao_no_148.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3948/indicacao_no_149.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3950/indicacao_no_150_.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3958/indicacao_no_151.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3959/indicacao_no_152.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3966/indicacao_no_153.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3967/indicacao_no_154.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3968/indicacao_no_155__retirada_pelo_autor_.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3969/indicacao_no_156.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3992/indicacao_no_157.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3993/indicacao_no_158.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3994/indicacao_no_159.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3995/indicacao_no_160.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3996/indicacao_no_161.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4009/indicacao_no_162.docx" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4010/indicacao_no_163.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4011/indicacao_no_164.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4012/indicacao_no_165.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4013/indicacao_no_166.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4014/indicacao_no_167.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4028/indicacao_no_168.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4029/indicacao_no_169.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4030/indicacao_no_170.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4031/indicacao_no_171.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4032/indicacao_no_172.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4033/indicacao_no_173.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4050/indicacao_no_174.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4051/indicacao_no_175.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4052/indicacao_no_176.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4053/indicacao_no_177.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4054/indicacao_no_178.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4055/indicacao_no_179.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4056/indicacao_no_180.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4060/indicacao_no_181.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4061/indicacao_no_182.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4080/indicacao_no_183.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4081/indicacao_no_184.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4082/indicacao_no_185.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4083/indicacao_no_186.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3651/mocao_de_apoio_-_req.47.2025_1.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3803/mocao_de_pesar_-_neola_barbosa_guerbas.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3868/oficio_comunicando_sobre_veto_parcial_ao_projeto_de_lei_no_08_de_31_de_julho_de_2025._1.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3978/projeto_de_lei_complementar_no_10_-_alteracoes.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3979/pl_93-alterado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3485/pl01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3486/pl02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3487/pl03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3488/pl04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3489/pl05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3490/pl06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3491/pl07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3510/pl08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3511/pl09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3512/pl10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3513/pl11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3520/pl12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3521/pl13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3522/pl14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3542/pl15-assinado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3543/pl16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3561/pl_17_ok.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3562/pl18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3563/pl19-assinado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3564/pl20_ok.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3565/pl_21_ok.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3567/pl22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3568/pl23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3582/pl24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3583/pl25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3584/pl26_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3605/pl27_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3606/pl28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3607/pl29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3608/pl30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3609/pl31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3648/projeto_de_lei_no_33_de_07_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3649/projeto_de_lei_no_34_de_09_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3650/projeto_de_lei_no_35_de_09_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3664/pl36--.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3693/pl37_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3694/pl38_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3704/pl39--.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3706/pl40_1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3707/pl41_1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3708/pl42_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3709/pl43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3710/pl44--.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3711/pl45--.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3727/pl46-.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3728/pl47-.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3729/pl48-.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3730/pl49.-.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3731/pl50-.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3732/pl51-.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3767/pl52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3768/pl53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3769/pl54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3770/pl55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3794/pl56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3795/pl57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3796/pl58.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3797/pl59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3799/projeto_de_lei_no_60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3800/projeto_de_lei_no_61.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3804/pl62_1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3805/pl63.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3806/pl64.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3807/pl65.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3808/pl66.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3809/pl67.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3828/pl68_2.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3829/pl69.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3830/pl70.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3831/pl71.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3847/pl72.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3870/pl73.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3871/pl74.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3872/pl75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3873/pl76_1.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3874/pl77_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3875/pl78.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3876/pl79.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3896/pl80.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3897/pl81.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3898/pl82.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3899/pl83.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3900/pl84.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3917/pl85.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3918/pl86.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3919/pl87.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3952/pl88.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3953/pl89.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3960/pl90.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3961/pl91.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3962/pl92.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3963/pl_93.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3980/pl_94.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3981/pl_95.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3982/pl96.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3983/pl_97.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3984/pl_98.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4002/pl99.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4003/pl100.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4004/pl101.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4005/pl102.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4006/pl103.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4007/pl104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4008/pl105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4020/pl106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4026/pl107_correto.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4043/pl108.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4044/pl_109_alterado.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4045/pl110-anulacao.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4058/pl111.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4059/pl112.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4073/pl113.doc.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4074/pl114.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4075/pl115.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4076/pl116.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4087/pl117.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4088/pl118.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4089/pl119.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4090/pl120.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4091/pl121.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4093/pl123.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3492/pl01-cam.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3493/pl02-cam.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3652/projeto_de_lei_n_03_1.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3798/projeto_de_lei_no_04.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3822/projeto_de_lei_no_05.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3823/projeto_de_lei_no_06.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3824/projeto_de_lei_no_07.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3825/projeto_de_lei_no_08.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3845/projeto_de_lei_no_09.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3869/projeto_de_lei_no_10_mikael.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3915/projeto_de_lei_no_11.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3951/pl12.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3949/projeto_de_lei_no_13.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3970/projeto_de_lei_no_14.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4047/projeto_de_lei_no_16.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3484/plc01.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3515/plc02.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3523/plc03.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3566/plc04.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3610/plc05.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3612/plc07.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3793/plcomplementar_no_09.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3964/projeto_de_lei_complementar_no_10_-_1.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3965/projeto_de_lei_complementar_no_11_-.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4046/projeto_de_lei_complementar_no_12.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4077/projeto_de_lei_complementar_no_13.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3494/plc01-cam.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3604/projeto_de_resolucao_no_01_11.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3826/projeto_de_resolucao_no_05.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3916/projeto_de_resolucao_no_06.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4048/projeto_de_resolucao_no_07.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4049/projeto_de_resolucao_no_08.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3717/proposta_de_emenda_no_01.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4068/proposta_de_emenda_no_07_-_pl_109.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4069/projeto_de_emenda_no_08.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3508/requerimento_no_01.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3509/requerimento_no_02.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3516/requerimento_no_03.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3517/requerimento_no_04.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3518/requerimento_no_05.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3532/requerimento_no_06.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3533/requerimento_no_07.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3534/requerimento_no_08.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3552/requerimento_no_14.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3553/requerimento_no_15.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3554/requerimento_no_16.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3555/requerimento_no_17.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3556/requerimento_no_18.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3557/requerimento_no_19.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3558/requerimento_no_20.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3559/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3560/requerimento_no_22_retirado_1.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3574/requerimento_no_27_1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3575/requerimento_no_28_1.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3576/requerimento_no_29_1.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3577/requerimento_no_30_1.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3578/requerimento_no_31_1.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3579/requerimento_no_32_1.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3580/requerimento_no_33_1.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3581/requerimento_no_34_1.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3585/requerimento_no_35_1.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3588/requerimento_no_38_1.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3600/requerimento_no_42_1.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3601/requerimento_no_43_1.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3602/requerimento_no_44_1.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3627/requerimento_no_45_1.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3628/requerimento_no_46_1.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3629/requerimento_no_47_1.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3630/requerimento_no_48_1.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3631/requerimento_no_49_1.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3632/requerimento_no_50_1.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3633/requerimento_no_51_1.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3634/requerimento_no_52_1.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3635/requerimento_no_53_1.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3636/requerimento_no_54_1.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3637/requerimento_no_55_1.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3638/requerimento_no_56_1.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3639/requerimento_no_57_1.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3646/requerimento_no_64_1.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3647/requerimento_no_65_1.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3657/requerimento_no_66.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3658/requerimento_no_67.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3659/requerimento_no_68.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3660/requerimento_no_69.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3669/requerimento_no_77.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3679/requerimento_no_79_1.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3680/requerimento_no_80.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3681/requerimento_no_81_1.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3682/requerimento_no_82_1.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3683/requerimento_no_83_1.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3684/requerimento_no_84_11.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3685/requerimento_no_85_1.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3695/requerimento_no_86_1.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3699/requerimento_no_89_1.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3700/requerimento_no_90_1.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3701/requerimento_no_91_1.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3718/requerimento_no_92.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3719/requerimento_no_93_1.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3747/requerimento_no_101.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3748/requerimento_no_102.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3749/requerimento_no_103.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3750/requerimento_no_104.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3751/requerimento_no_105.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3752/requerimento_no_106.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3753/requerimento_no_107.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3755/requerimento_no_108.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3756/requerimento_no_109.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3758/requerimento_no_111.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3759/requerimento_no_112.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3779/requerimento_no_114.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3780/requerimento_no_115.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3781/requerimento_no_116.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3782/requerimento_no_117_1.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3783/requerimento_no_118.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3784/requerimento_no_119.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3785/requerimento_no_120.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3786/requerimento_no_121.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3787/requerimento_no_122.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3818/requerimento_no_126.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3819/requerimento_no_127.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3820/requerimento_no_128.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3821/requerimento_no_129.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3853/requerimento_no_144.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3854/requerimento_no_145.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3855/requerimento_no_146.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3856/requerimento_no_147.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3857/requerimento_no_148.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3858/requerimento_no_149.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3881/requerimento_no_152.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3882/requerimento_no_153.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3883/requerimento_no_154.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3884/requerimento_no_155.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3885/requerimento_no_156.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3886/requerimento_no_157.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3887/requerimento_no_158.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3888/requerimento_no_159.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3889/requerimento_no_160.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3890/requerimento_no_161.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3901/requerimento_no_167.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3903/requerimento_no_169.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3904/requerimento_no_170.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3905/requerimento_no_171.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3926/requerimento_no_177.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3927/requerimento_no_178.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3928/requerimento_no_179.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3929/requerimento_no_180.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3930/requerimento_no_181.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3931/requerimento_no_182.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3935/requerimento_no_186.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3954/requerimento_no_187.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3955/requerimento_no_188.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3972/requerimento_no_192.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3974/requerimento_no_194.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3987/requerimento_no_200.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3988/requerimento_no_201.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3989/requerimento_no_202.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3990/requerimento_no_203.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3991/requerimento_no_204.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4015/requerimento_no_210.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4016/requerimento_no_211.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4017/requerimento_no_212.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4018/requerimento_no_213.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4019/requerimento_no_214.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4034/requerimento_no_221.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4035/requerimento_no_222.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4036/requerimento_no_223.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4037/requerimento_no_224.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4040/requerimento_no_227.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4041/requerimento_no_228.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4042/requerimento_no_229.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4064/requerimento_no_234.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4063/requerimento_no_235.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4062/requerimento_no_236.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4078/requerimento_no_240.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4079/requerimento_no_241.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3495/indicacao_no_01.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3496/indicacao_no_02.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3497/indicacao_no_03.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3498/indicacao_no_04.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3499/indicacao_no_05.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3500/indicacao_no_06.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3501/indicacao_no_07.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3502/indicacao_no_08.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3503/indicacao_no_09.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3504/indicacao_no_10.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3505/indicacao_no_11.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3506/indicacao_no_12.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3507/indicacao_no_13.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3519/indicacao_no_14.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3524/indicacao_no_15.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3525/indicacao_no_16.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3526/indicacao_no_17.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3527/indicacao_no_18.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3528/indicacao_no_19.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3529/indicacao_no_20.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3530/indicacao_no_21.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3531/indicacao_no_22.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3535/indicacao_no_23.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3536/indicacao_no_24.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3544/indicacao_no_25.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3545/indicacao_no_26.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3546/indicacao_no_27.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3547/indicacao_no_28.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3548/indicacao_no_29.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3549/indicacao_no_30.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3550/indicacao_no_31.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3551/indicacao_no_32.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3573/indicacao_no_33_1.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3592/indicacao_no_34_1.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3593/indicacao_no_35_1.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3594/indicacao_no_36_1.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3595/indicacao_no_37_1.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3596/indicacao_no_38.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3597/indicacao_no_39_1.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3598/indicacao_no_40_1.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3599/indicacao_no_41_1.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3603/indicacao_no_42_1.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3616/indicacao_no_43.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3617/indicacao_no_44.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3618/indicacao_no_45.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3619/indicacao_no_46.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3620/indicacao_no_47.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3621/indicacao_no_48.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3622/indicacao_no_49.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3623/indicacao_no_50.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3624/indicacao_no_51.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3625/indicacao_no_52.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3626/indicacao_no_53.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3653/indicacao_no_54.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3654/indicacao_no_55.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3655/indicacao_no_56.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3656/indicacao_no_57.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3671/indicacao_no_58.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3672/indicacao_no_59.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3673/indicacao_no_60.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3674/indicacao_no_61.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3675/indicacao_no_62.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3676/indicacao_no_63.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3677/indicacao_no_64.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3678/indicacao_no_65.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3686/indicacao_no_66.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3687/indicacao_no_67.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3688/indicacao_no_68_1.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3689/indicacao_no_69_1.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3690/indicacao_no_70.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3691/indicacao_no_71_1.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3692/indicacao_no_72.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3698/indicacao_no_73.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3702/indicacao_no_74_1.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3703/indicacao_no_75_1.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3712/indicacao_no_76_1.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3713/indicacao_no_77_1.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3714/indicacao_no_78_1.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3715/indicacao_no_79_1.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3716/indicacao_no_80_1.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3733/indicacao_no_81.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3734/indicacao_no_82.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3735/indicacao_no_83.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3736/indicacao_no_84.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3737/indicacao_no_85.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3738/indicacao_no_86.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3739/indicacao_no_87.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3740/indicacao_no_88.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3741/indicacao_no_89.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3742/indicacao_no_90.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3743/indicacao_no_91.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3744/indicacao_no_92.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3745/indicacao_no_93.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3746/indicacao_no_94.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3760/indicacao_no_95.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3761/indicacao_no_96.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3762/indicacao_no_97.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3763/indicacao_no_98.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3764/indicacao_no_99.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3765/indicacao_no_100.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3771/indicacao_no_101.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3772/indicacao_no_102.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3773/indicacao_no_103.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3774/indicacao_no_104.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3775/indicacao_no_105.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3776/indicacao_no_106.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3777/indicacao_no_107.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3778/indicacao_no_108.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3810/indicacao_no_109.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3811/indicacao_no_110.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3812/indicacao_no_111.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3813/indicacao_no_112.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3814/indicacao_no_113.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3815/indicacao_no_114.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3816/indicacao_no_115.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3817/indicacao_no_116.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3860/indicacao_no_117.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3861/indicacao_no_118.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3862/indicacao_no_119.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3863/indicacao_no_120.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3864/indicacao_no_121.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3865/indicacao_no_122.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3866/indicacao_no_123.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3877/indicacao_no_124.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3878/indicacao_no_125.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3879/indicacao_no_126.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3880/indicacao_no_127.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3906/indicacao_no_128.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3907/indicacao_no_129.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3908/indicacao_no_130.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3920/indicacao_no_131.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3921/indicacao_no_132.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3922/indicacao_no_133.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3923/indicacao_no_134.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3924/indicacao_no_135.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3925/indicacao_no_136.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3936/indicacao_no_137.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3937/indicacao_no_138.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3938/indicacao_no_139.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3939/indicacao_no_140.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3940/indicacao_no_141.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3941/indicacao_no_142.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3942/indicacao_no_143.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3943/indicacao_no_144.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3944/indicacao_no_145.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3945/indicacao_no_146.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3946/indicacao_no_147.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3947/indicacao_no_148.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3948/indicacao_no_149.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3950/indicacao_no_150_.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3958/indicacao_no_151.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3959/indicacao_no_152.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3966/indicacao_no_153.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3967/indicacao_no_154.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3968/indicacao_no_155__retirada_pelo_autor_.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3969/indicacao_no_156.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3992/indicacao_no_157.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3993/indicacao_no_158.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3994/indicacao_no_159.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3995/indicacao_no_160.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3996/indicacao_no_161.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4009/indicacao_no_162.docx" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4010/indicacao_no_163.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4011/indicacao_no_164.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4012/indicacao_no_165.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4013/indicacao_no_166.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4014/indicacao_no_167.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4028/indicacao_no_168.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4029/indicacao_no_169.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4030/indicacao_no_170.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4031/indicacao_no_171.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4032/indicacao_no_172.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4033/indicacao_no_173.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4050/indicacao_no_174.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4051/indicacao_no_175.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4052/indicacao_no_176.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4053/indicacao_no_177.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4054/indicacao_no_178.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4055/indicacao_no_179.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4056/indicacao_no_180.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4060/indicacao_no_181.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4061/indicacao_no_182.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4080/indicacao_no_183.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4081/indicacao_no_184.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4082/indicacao_no_185.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4083/indicacao_no_186.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4157/indicacao_no_187.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4158/indicacao_no_188.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4159/indicacao_no_189.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/4160/indicacao_no_190.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3651/mocao_de_apoio_-_req.47.2025_1.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3803/mocao_de_pesar_-_neola_barbosa_guerbas.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3868/oficio_comunicando_sobre_veto_parcial_ao_projeto_de_lei_no_08_de_31_de_julho_de_2025._1.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3978/projeto_de_lei_complementar_no_10_-_alteracoes.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritama.sp.leg.br/media/sapl/public/materialegislativa/2025/3979/pl_93-alterado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H604"/>
+  <dimension ref="A1:H608"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="175.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="161.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -21979,169 +22015,273 @@
       </c>
       <c r="D599" t="s">
         <v>1410</v>
       </c>
       <c r="E599" t="s">
         <v>1411</v>
       </c>
       <c r="F599" t="s">
         <v>606</v>
       </c>
       <c r="G599" s="1" t="s">
         <v>1978</v>
       </c>
       <c r="H599" t="s">
         <v>1979</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
         <v>1980</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>10</v>
+        <v>1213</v>
       </c>
       <c r="D600" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E600" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F600" t="s">
+        <v>511</v>
+      </c>
+      <c r="G600" s="1" t="s">
         <v>1981</v>
       </c>
-      <c r="E600" t="s">
+      <c r="H600" t="s">
         <v>1982</v>
-      </c>
-[...7 lines deleted...]
-        <v>1985</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>1986</v>
+        <v>1983</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
-        <v>17</v>
+        <v>1217</v>
       </c>
       <c r="D601" t="s">
-        <v>1981</v>
+        <v>1410</v>
       </c>
       <c r="E601" t="s">
-        <v>1982</v>
+        <v>1411</v>
       </c>
       <c r="F601" t="s">
-        <v>606</v>
+        <v>934</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>1987</v>
+        <v>1984</v>
       </c>
       <c r="H601" t="s">
-        <v>1988</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>1989</v>
+        <v>1986</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
-        <v>10</v>
+        <v>1221</v>
       </c>
       <c r="D602" t="s">
-        <v>1990</v>
+        <v>1410</v>
       </c>
       <c r="E602" t="s">
-        <v>1991</v>
+        <v>1411</v>
       </c>
       <c r="F602" t="s">
-        <v>13</v>
+        <v>729</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>1992</v>
+        <v>1987</v>
       </c>
       <c r="H602" t="s">
-        <v>1993</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
-        <v>1994</v>
+        <v>1989</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
-        <v>10</v>
+        <v>1224</v>
       </c>
       <c r="D603" t="s">
-        <v>1995</v>
+        <v>1410</v>
       </c>
       <c r="E603" t="s">
-        <v>1996</v>
+        <v>1411</v>
       </c>
       <c r="F603" t="s">
-        <v>13</v>
+        <v>522</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>1997</v>
+        <v>1990</v>
       </c>
       <c r="H603" t="s">
-        <v>1998</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
+        <v>1992</v>
+      </c>
+      <c r="B604" t="s">
+        <v>9</v>
+      </c>
+      <c r="C604" t="s">
+        <v>10</v>
+      </c>
+      <c r="D604" t="s">
+        <v>1993</v>
+      </c>
+      <c r="E604" t="s">
+        <v>1994</v>
+      </c>
+      <c r="F604" t="s">
+        <v>1995</v>
+      </c>
+      <c r="G604" s="1" t="s">
+        <v>1996</v>
+      </c>
+      <c r="H604" t="s">
+        <v>1997</v>
+      </c>
+    </row>
+    <row r="605" spans="1:8">
+      <c r="A605" t="s">
+        <v>1998</v>
+      </c>
+      <c r="B605" t="s">
+        <v>9</v>
+      </c>
+      <c r="C605" t="s">
+        <v>17</v>
+      </c>
+      <c r="D605" t="s">
+        <v>1993</v>
+      </c>
+      <c r="E605" t="s">
+        <v>1994</v>
+      </c>
+      <c r="F605" t="s">
+        <v>606</v>
+      </c>
+      <c r="G605" s="1" t="s">
         <v>1999</v>
       </c>
-      <c r="B604" t="s">
-[...2 lines deleted...]
-      <c r="C604" t="s">
+      <c r="H605" t="s">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="606" spans="1:8">
+      <c r="A606" t="s">
+        <v>2001</v>
+      </c>
+      <c r="B606" t="s">
+        <v>9</v>
+      </c>
+      <c r="C606" t="s">
+        <v>10</v>
+      </c>
+      <c r="D606" t="s">
+        <v>2002</v>
+      </c>
+      <c r="E606" t="s">
+        <v>2003</v>
+      </c>
+      <c r="F606" t="s">
+        <v>13</v>
+      </c>
+      <c r="G606" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H606" t="s">
+        <v>2005</v>
+      </c>
+    </row>
+    <row r="607" spans="1:8">
+      <c r="A607" t="s">
+        <v>2006</v>
+      </c>
+      <c r="B607" t="s">
+        <v>9</v>
+      </c>
+      <c r="C607" t="s">
+        <v>10</v>
+      </c>
+      <c r="D607" t="s">
+        <v>2007</v>
+      </c>
+      <c r="E607" t="s">
+        <v>2008</v>
+      </c>
+      <c r="F607" t="s">
+        <v>13</v>
+      </c>
+      <c r="G607" s="1" t="s">
+        <v>2009</v>
+      </c>
+      <c r="H607" t="s">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="608" spans="1:8">
+      <c r="A608" t="s">
+        <v>2011</v>
+      </c>
+      <c r="B608" t="s">
+        <v>9</v>
+      </c>
+      <c r="C608" t="s">
         <v>17</v>
       </c>
-      <c r="D604" t="s">
-[...5 lines deleted...]
-      <c r="F604" t="s">
+      <c r="D608" t="s">
+        <v>2007</v>
+      </c>
+      <c r="E608" t="s">
+        <v>2008</v>
+      </c>
+      <c r="F608" t="s">
         <v>13</v>
       </c>
-      <c r="G604" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H604" t="s">
+      <c r="G608" s="1" t="s">
+        <v>2012</v>
+      </c>
+      <c r="H608" t="s">
         <v>382</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
@@ -22706,50 +22846,54 @@
     <hyperlink ref="G580" r:id="rId579"/>
     <hyperlink ref="G581" r:id="rId580"/>
     <hyperlink ref="G582" r:id="rId581"/>
     <hyperlink ref="G583" r:id="rId582"/>
     <hyperlink ref="G584" r:id="rId583"/>
     <hyperlink ref="G585" r:id="rId584"/>
     <hyperlink ref="G586" r:id="rId585"/>
     <hyperlink ref="G587" r:id="rId586"/>
     <hyperlink ref="G588" r:id="rId587"/>
     <hyperlink ref="G589" r:id="rId588"/>
     <hyperlink ref="G590" r:id="rId589"/>
     <hyperlink ref="G591" r:id="rId590"/>
     <hyperlink ref="G592" r:id="rId591"/>
     <hyperlink ref="G593" r:id="rId592"/>
     <hyperlink ref="G594" r:id="rId593"/>
     <hyperlink ref="G595" r:id="rId594"/>
     <hyperlink ref="G596" r:id="rId595"/>
     <hyperlink ref="G597" r:id="rId596"/>
     <hyperlink ref="G598" r:id="rId597"/>
     <hyperlink ref="G599" r:id="rId598"/>
     <hyperlink ref="G600" r:id="rId599"/>
     <hyperlink ref="G601" r:id="rId600"/>
     <hyperlink ref="G602" r:id="rId601"/>
     <hyperlink ref="G603" r:id="rId602"/>
     <hyperlink ref="G604" r:id="rId603"/>
+    <hyperlink ref="G605" r:id="rId604"/>
+    <hyperlink ref="G606" r:id="rId605"/>
+    <hyperlink ref="G607" r:id="rId606"/>
+    <hyperlink ref="G608" r:id="rId607"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>